--- v0 (2025-10-28)
+++ v1 (2025-12-17)
@@ -1,3991 +1,4461 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0D1E00B3" w14:textId="77777777" w:rsidR="007F79C2" w:rsidRPr="00342568" w:rsidRDefault="00D51F5D" w:rsidP="008D2E0D">
+    <w:p w14:paraId="0D1E00B3" w14:textId="77777777" w:rsidR="007F79C2" w:rsidRPr="00DC15D1" w:rsidRDefault="00D51F5D" w:rsidP="008D2E0D">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="990"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00342568">
+      <w:r w:rsidRPr="00DC15D1">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Alberto Fuentes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="530D88FA" w14:textId="77777777" w:rsidR="00BB3868" w:rsidRPr="00342568" w:rsidRDefault="00AE1A03" w:rsidP="00BB3868">
-[...21 lines deleted...]
-    <w:p w14:paraId="494CB044" w14:textId="77777777" w:rsidR="0029797E" w:rsidRPr="00C06924" w:rsidRDefault="0029797E" w:rsidP="00BB3868">
+    <w:p w14:paraId="530D88FA" w14:textId="523BDA60" w:rsidR="00BB3868" w:rsidRPr="00D96248" w:rsidRDefault="00D96248" w:rsidP="00BB3868">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
           <w:tab w:val="left" w:pos="8460"/>
           <w:tab w:val="left" w:pos="8820"/>
         </w:tabs>
         <w:ind w:left="990"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C06924">
+      <w:r w:rsidRPr="00D96248">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Website: fuentes.inta.gatech.edu</w:t>
+        <w:t>afuentes9@gatech.edu</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E130B8E" w14:textId="77777777" w:rsidR="00D7664E" w:rsidRPr="00C06924" w:rsidRDefault="00D5644C" w:rsidP="00BB3868">
+    <w:p w14:paraId="1E130B8E" w14:textId="0A968BAA" w:rsidR="00D7664E" w:rsidRPr="00DC15D1" w:rsidRDefault="00D5644C" w:rsidP="00BB3868">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
           <w:tab w:val="left" w:pos="8460"/>
           <w:tab w:val="left" w:pos="8820"/>
         </w:tabs>
         <w:ind w:left="990"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C06924">
+      <w:r w:rsidRPr="00DC15D1">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>781 Marietta Street NW, Office 316</w:t>
+        <w:t>781 Marietta Street NW, Office 31</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC5AAF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BAEFACF" w14:textId="77777777" w:rsidR="0091013D" w:rsidRPr="00C06924" w:rsidRDefault="00AB419E" w:rsidP="00BB3868">
+    <w:p w14:paraId="5BAEFACF" w14:textId="77777777" w:rsidR="0091013D" w:rsidRPr="00DC15D1" w:rsidRDefault="00AB419E" w:rsidP="00BB3868">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
           <w:tab w:val="left" w:pos="8460"/>
           <w:tab w:val="left" w:pos="8820"/>
         </w:tabs>
         <w:ind w:left="990"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C06924">
+      <w:r w:rsidRPr="00DC15D1">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Atlanta GA</w:t>
       </w:r>
-      <w:r w:rsidR="00D7664E" w:rsidRPr="00C06924">
+      <w:r w:rsidR="00D7664E" w:rsidRPr="00DC15D1">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D5644C" w:rsidRPr="00C06924">
+      <w:r w:rsidR="00D5644C" w:rsidRPr="00DC15D1">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>30332</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62D8C830" w14:textId="77777777" w:rsidR="007F79C2" w:rsidRPr="00C06924" w:rsidRDefault="0091013D" w:rsidP="00BB3868">
-[...37 lines deleted...]
-    <w:p w14:paraId="3184D658" w14:textId="77777777" w:rsidR="007F79C2" w:rsidRPr="00C06924" w:rsidRDefault="007F79C2" w:rsidP="008D2E0D">
+    <w:p w14:paraId="3184D658" w14:textId="77777777" w:rsidR="007F79C2" w:rsidRPr="00DC15D1" w:rsidRDefault="007F79C2" w:rsidP="008D2E0D">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8460"/>
         </w:tabs>
         <w:ind w:left="990"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="1101" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1842"/>
-        <w:gridCol w:w="8091"/>
+        <w:gridCol w:w="1831"/>
+        <w:gridCol w:w="7886"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B90839" w:rsidRPr="00C06924" w14:paraId="631D67B2" w14:textId="77777777">
+      <w:tr w:rsidR="00B90839" w:rsidRPr="00DC15D1" w14:paraId="631D67B2" w14:textId="77777777" w:rsidTr="00975F33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D18E13F" w14:textId="7A1FF4A6" w:rsidR="00B90839" w:rsidRPr="00C06924" w:rsidRDefault="00B90839" w:rsidP="00C65E1F">
-[...10 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="2D18E13F" w14:textId="7A1FF4A6" w:rsidR="00B90839" w:rsidRPr="00DC15D1" w:rsidRDefault="00B90839" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t>Academic Positions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8091" w:type="dxa"/>
+            <w:tcW w:w="7886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36F96E1B" w14:textId="77777777" w:rsidR="00B90839" w:rsidRDefault="00B90839" w:rsidP="004A0346">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="36F96E1B" w14:textId="2B808062" w:rsidR="00B90839" w:rsidRPr="00DC15D1" w:rsidRDefault="00B90839" w:rsidP="004A0346">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
               <w:t>GEORGIA INSTITUTE OF TECHNOLOGY (Georgia Tech)</w:t>
             </w:r>
-          </w:p>
-[...10 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidR="00D96248">
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CFF1216" w14:textId="48AFFBB1" w:rsidR="00D96248" w:rsidRPr="00D96248" w:rsidRDefault="00D96248" w:rsidP="004A0346">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Associate Professor</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>, 2024 – Present, Sam Nunn School of International Affairs</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF238C">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF238C" w:rsidRPr="00DC15D1">
+              <w:t>School of City and Regional Planning</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41661D21" w14:textId="77777777" w:rsidR="00D96248" w:rsidRDefault="00D96248" w:rsidP="004A0346">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E85EE8D" w14:textId="3E5B8E99" w:rsidR="00307EE0" w:rsidRPr="00DC15D1" w:rsidRDefault="00B90839" w:rsidP="004A0346">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t>Assistant Professor</w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>, 2016 – Present, Sam Nunn School of International Affairs and School of City and Regional Planning</w:t>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:t xml:space="preserve">, 2016 – </w:t>
+            </w:r>
+            <w:r w:rsidR="00D96248">
+              <w:t>2024</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:t xml:space="preserve">, Sam Nunn School of International Affairs </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF238C">
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF238C" w:rsidRPr="00DC15D1">
+              <w:t>School of City and Regional Planning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B90839" w:rsidRPr="00C06924" w14:paraId="6F96054E" w14:textId="77777777">
+      <w:tr w:rsidR="00B90839" w:rsidRPr="00DC15D1" w14:paraId="6F96054E" w14:textId="77777777" w:rsidTr="00975F33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6693CED3" w14:textId="4A37F487" w:rsidR="00B90839" w:rsidRPr="00C06924" w:rsidRDefault="00B90839" w:rsidP="00C65E1F">
-[...4 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="6693CED3" w14:textId="4A37F487" w:rsidR="00B90839" w:rsidRPr="00DC15D1" w:rsidRDefault="00B90839" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8091" w:type="dxa"/>
+            <w:tcW w:w="7886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F7250E3" w14:textId="77777777" w:rsidR="00B90839" w:rsidRPr="00C06924" w:rsidRDefault="00B90839" w:rsidP="004A0346">
-[...4 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="4F7250E3" w14:textId="77777777" w:rsidR="00B90839" w:rsidRPr="00DC15D1" w:rsidRDefault="00B90839" w:rsidP="004A0346">
+            <w:pPr>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC700A" w:rsidRPr="00C06924" w14:paraId="651261F3" w14:textId="77777777" w:rsidTr="00984398">
+      <w:tr w:rsidR="00CC700A" w:rsidRPr="00DC15D1" w14:paraId="651261F3" w14:textId="77777777" w:rsidTr="00975F33">
         <w:trPr>
           <w:trHeight w:val="1098"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="501FBFF1" w14:textId="77777777" w:rsidR="00CC700A" w:rsidRPr="00C06924" w:rsidRDefault="00AB419E" w:rsidP="00C65E1F">
-[...10 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="501FBFF1" w14:textId="77777777" w:rsidR="00CC700A" w:rsidRPr="00DC15D1" w:rsidRDefault="00AB419E" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t>Education</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8091" w:type="dxa"/>
+            <w:tcW w:w="7886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D134F73" w14:textId="3B7C867C" w:rsidR="00CC700A" w:rsidRDefault="00AB419E" w:rsidP="004A0346">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="6D134F73" w14:textId="3B7C867C" w:rsidR="00CC700A" w:rsidRPr="00DC15D1" w:rsidRDefault="00AB419E" w:rsidP="004A0346">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
               <w:t>MASSACHUSETTS INSTITUTE OF TECHNOLOGY</w:t>
             </w:r>
-            <w:r w:rsidR="00CC700A" w:rsidRPr="00C06924">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00CC700A" w:rsidRPr="00DC15D1">
               <w:t xml:space="preserve"> (MIT), </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="164866FA" w14:textId="45D7AB23" w:rsidR="002E21C4" w:rsidRPr="00C06924" w:rsidRDefault="00BB3868" w:rsidP="004A0346">
-[...9 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="164866FA" w14:textId="45D7AB23" w:rsidR="002E21C4" w:rsidRPr="00DC15D1" w:rsidRDefault="00BB3868" w:rsidP="004A0346">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t>Ph</w:t>
             </w:r>
-            <w:r w:rsidR="00AB419E" w:rsidRPr="00C06924">
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidR="00AB419E" w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C06924">
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
-            <w:r w:rsidR="00AB419E" w:rsidRPr="00C06924">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00AB419E" w:rsidRPr="00DC15D1">
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00984398">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00984398" w:rsidRPr="00DC15D1">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00984398">
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidR="00984398" w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t>in Management</w:t>
             </w:r>
-            <w:r w:rsidR="00AB419E" w:rsidRPr="00C06924">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00AB419E" w:rsidRPr="00DC15D1">
               <w:t>, 2014,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C06924">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DC15D1">
               <w:t xml:space="preserve"> Institute for Work and Employment Research (IWER)</w:t>
             </w:r>
-            <w:r w:rsidR="008D6284" w:rsidRPr="00C06924">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="008D6284" w:rsidRPr="00DC15D1">
               <w:t>, Sloan School of Management</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4435F55A" w14:textId="2FA64B60" w:rsidR="003C48CD" w:rsidRPr="00C06924" w:rsidRDefault="003C48CD" w:rsidP="002E21C4">
-[...4 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="4435F55A" w14:textId="2FA64B60" w:rsidR="003C48CD" w:rsidRPr="00DC15D1" w:rsidRDefault="003C48CD" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB419E" w:rsidRPr="00C06924" w14:paraId="6D509A90" w14:textId="77777777">
+      <w:tr w:rsidR="00AB419E" w:rsidRPr="00DC15D1" w14:paraId="6D509A90" w14:textId="77777777" w:rsidTr="00975F33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C7AD4D6" w14:textId="77777777" w:rsidR="00AB419E" w:rsidRPr="00C06924" w:rsidRDefault="00AB419E" w:rsidP="00C65E1F">
-[...4 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="2C7AD4D6" w14:textId="77777777" w:rsidR="00AB419E" w:rsidRPr="00DC15D1" w:rsidRDefault="00AB419E" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8091" w:type="dxa"/>
+            <w:tcW w:w="7886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F43EED4" w14:textId="6E9A2C23" w:rsidR="00AB419E" w:rsidRDefault="00AB419E" w:rsidP="004A0346">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="7F43EED4" w14:textId="6E9A2C23" w:rsidR="00AB419E" w:rsidRPr="00DC15D1" w:rsidRDefault="00AB419E" w:rsidP="004A0346">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
               <w:t xml:space="preserve">MASSACHUSETTS INSTITUTE OF TECHNOLOGY (MIT), </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="469F6E20" w14:textId="7EE7CA9C" w:rsidR="00AB419E" w:rsidRPr="00C06924" w:rsidRDefault="00AB419E" w:rsidP="00984398">
-[...9 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="469F6E20" w14:textId="7EE7CA9C" w:rsidR="00AB419E" w:rsidRPr="00DC15D1" w:rsidRDefault="00AB419E" w:rsidP="00984398">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t>Master of City Planning</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C06924">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DC15D1">
               <w:t>, 2007, with a focus in International Development and Regional Planning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB419E" w:rsidRPr="00C06924" w14:paraId="01BC3A3D" w14:textId="77777777">
+      <w:tr w:rsidR="00AB419E" w:rsidRPr="00DC15D1" w14:paraId="01BC3A3D" w14:textId="77777777" w:rsidTr="00975F33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48467774" w14:textId="77777777" w:rsidR="00AB419E" w:rsidRPr="00C06924" w:rsidRDefault="00AB419E" w:rsidP="00C65E1F">
-[...4 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="48467774" w14:textId="77777777" w:rsidR="00AB419E" w:rsidRPr="00DC15D1" w:rsidRDefault="00AB419E" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8091" w:type="dxa"/>
+            <w:tcW w:w="7886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="526181C5" w14:textId="77777777" w:rsidR="00AB419E" w:rsidRPr="00C06924" w:rsidRDefault="00AB419E" w:rsidP="00C65E1F">
-[...4 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="526181C5" w14:textId="77777777" w:rsidR="00AB419E" w:rsidRPr="00DC15D1" w:rsidRDefault="00AB419E" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC700A" w:rsidRPr="00C06924" w14:paraId="0B898A34" w14:textId="77777777">
+      <w:tr w:rsidR="00CC700A" w:rsidRPr="00DC15D1" w14:paraId="0B898A34" w14:textId="77777777" w:rsidTr="00975F33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D12D734" w14:textId="77777777" w:rsidR="00CC700A" w:rsidRPr="00C06924" w:rsidRDefault="00CC700A" w:rsidP="00C65E1F">
-[...4 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="2D12D734" w14:textId="77777777" w:rsidR="00CC700A" w:rsidRPr="00DC15D1" w:rsidRDefault="00CC700A" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8091" w:type="dxa"/>
+            <w:tcW w:w="7886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4389CF3E" w14:textId="77777777" w:rsidR="001479D6" w:rsidRDefault="00AB419E" w:rsidP="002E21C4">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="4389CF3E" w14:textId="77777777" w:rsidR="001479D6" w:rsidRPr="00DC15D1" w:rsidRDefault="00AB419E" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
               <w:t>YALE UNIVERSITY</w:t>
             </w:r>
-            <w:r w:rsidR="00CC700A" w:rsidRPr="00C06924">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00CC700A" w:rsidRPr="00DC15D1">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="381EAAC1" w14:textId="18E04562" w:rsidR="00CC700A" w:rsidRPr="00C06924" w:rsidRDefault="002E21C4" w:rsidP="002E21C4">
-[...9 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="381EAAC1" w14:textId="18E04562" w:rsidR="00CC700A" w:rsidRPr="00DC15D1" w:rsidRDefault="002E21C4" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">BA in </w:t>
             </w:r>
-            <w:r w:rsidR="00CC700A" w:rsidRPr="001479D6">
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidR="00CC700A" w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t>Economics</w:t>
             </w:r>
-            <w:r w:rsidR="00AB419E" w:rsidRPr="00C06924">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00AB419E" w:rsidRPr="00DC15D1">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="00CC700A" w:rsidRPr="00C06924">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00CC700A" w:rsidRPr="00DC15D1">
               <w:t>2004</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB419E" w:rsidRPr="00C06924" w14:paraId="6320E972" w14:textId="77777777">
+      <w:tr w:rsidR="00AB419E" w:rsidRPr="00DC15D1" w14:paraId="6320E972" w14:textId="77777777" w:rsidTr="00975F33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3687A96F" w14:textId="77777777" w:rsidR="00AB419E" w:rsidRPr="00C06924" w:rsidRDefault="00AB419E" w:rsidP="00C65E1F">
-[...4 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="3687A96F" w14:textId="77777777" w:rsidR="00AB419E" w:rsidRPr="00DC15D1" w:rsidRDefault="00AB419E" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8091" w:type="dxa"/>
+            <w:tcW w:w="7886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D7BD82D" w14:textId="77777777" w:rsidR="00AB419E" w:rsidRPr="00C06924" w:rsidRDefault="00AB419E" w:rsidP="00C65E1F">
-[...4 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="0D7BD82D" w14:textId="77777777" w:rsidR="00AB419E" w:rsidRPr="00DC15D1" w:rsidRDefault="00AB419E" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C2411" w:rsidRPr="00C06924" w14:paraId="66ADDF06" w14:textId="77777777">
+      <w:tr w:rsidR="009C2411" w:rsidRPr="00DC15D1" w14:paraId="66ADDF06" w14:textId="77777777" w:rsidTr="00975F33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00A8B5FA" w14:textId="024EB528" w:rsidR="009C2411" w:rsidRPr="00C06924" w:rsidRDefault="002E21C4" w:rsidP="00C65E1F">
-[...10 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="00A8B5FA" w14:textId="024EB528" w:rsidR="009C2411" w:rsidRPr="00DC15D1" w:rsidRDefault="002E21C4" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t>Fellowships</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8091" w:type="dxa"/>
+            <w:tcW w:w="7886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6359D916" w14:textId="20886A64" w:rsidR="009C2411" w:rsidRDefault="009C2411" w:rsidP="00C65E1F">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="6359D916" w14:textId="20886A64" w:rsidR="009C2411" w:rsidRPr="00DC15D1" w:rsidRDefault="009C2411" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
               <w:t>GEORGIA INSTITUTE OF TECHNOLOGY</w:t>
             </w:r>
-            <w:r w:rsidR="00B00B02" w:rsidRPr="00C06924">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00B00B02" w:rsidRPr="00DC15D1">
               <w:t xml:space="preserve"> (Georgia Tech)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C06924">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DC15D1">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1702EF95" w14:textId="4ADEDB18" w:rsidR="00B00B02" w:rsidRPr="00C06924" w:rsidRDefault="009C2411" w:rsidP="00C65E1F">
-[...9 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="1702EF95" w14:textId="4ADEDB18" w:rsidR="00B00B02" w:rsidRPr="00DC15D1" w:rsidRDefault="009C2411" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t>Post-doctoral Fellow</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C06924">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DC15D1">
               <w:t>, 2014-</w:t>
             </w:r>
-            <w:r w:rsidR="00B90839">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00B90839" w:rsidRPr="00DC15D1">
               <w:t>2016</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C06924">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DC15D1">
               <w:t>, Sam Nunn School of International Affairs</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C2411" w:rsidRPr="00C06924" w14:paraId="5EB31497" w14:textId="77777777">
+      <w:tr w:rsidR="009C2411" w:rsidRPr="00DC15D1" w14:paraId="5EB31497" w14:textId="77777777" w:rsidTr="00975F33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3751D65A" w14:textId="77777777" w:rsidR="009C2411" w:rsidRPr="00C06924" w:rsidRDefault="009C2411" w:rsidP="00C65E1F">
-[...4 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="3751D65A" w14:textId="77777777" w:rsidR="009C2411" w:rsidRPr="00DC15D1" w:rsidRDefault="009C2411" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8091" w:type="dxa"/>
+            <w:tcW w:w="7886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5999071F" w14:textId="77777777" w:rsidR="009C2411" w:rsidRPr="00C06924" w:rsidRDefault="009C2411" w:rsidP="00C65E1F">
+          <w:p w14:paraId="5999071F" w14:textId="77777777" w:rsidR="009C2411" w:rsidRPr="00DC15D1" w:rsidRDefault="009C2411" w:rsidP="00C65E1F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB419E" w:rsidRPr="00C06924" w14:paraId="68BA9A7E" w14:textId="77777777">
+      <w:tr w:rsidR="00AB419E" w:rsidRPr="00DC15D1" w14:paraId="68BA9A7E" w14:textId="77777777" w:rsidTr="00975F33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1729C704" w14:textId="6B703E54" w:rsidR="00AB419E" w:rsidRPr="00C06924" w:rsidRDefault="002E21C4" w:rsidP="00C65E1F">
-[...10 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="1729C704" w14:textId="6B703E54" w:rsidR="00AB419E" w:rsidRPr="00DC15D1" w:rsidRDefault="002E21C4" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t>Publications</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8091" w:type="dxa"/>
+            <w:tcW w:w="7886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38C495FB" w14:textId="7C37083B" w:rsidR="00AB419E" w:rsidRPr="00C06924" w:rsidRDefault="002E21C4" w:rsidP="00C65E1F">
+          <w:p w14:paraId="38C495FB" w14:textId="7C37083B" w:rsidR="00AB419E" w:rsidRPr="00DC15D1" w:rsidRDefault="002E21C4" w:rsidP="00C65E1F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
               <w:rPr>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
-            <w:r w:rsidR="000359C7" w:rsidRPr="00C06924">
+            <w:r w:rsidR="000359C7" w:rsidRPr="00DC15D1">
               <w:rPr>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>eer reviewed</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D3F0D" w:rsidRPr="00C06924" w14:paraId="222EE199" w14:textId="77777777">
+      <w:tr w:rsidR="004D3F0D" w:rsidRPr="00DC15D1" w14:paraId="222EE199" w14:textId="77777777" w:rsidTr="00975F33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A25C3A5" w14:textId="77777777" w:rsidR="004D3F0D" w:rsidRPr="00C06924" w:rsidRDefault="004D3F0D" w:rsidP="00C65E1F">
-[...4 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="4A25C3A5" w14:textId="77777777" w:rsidR="004D3F0D" w:rsidRPr="00DC15D1" w:rsidRDefault="004D3F0D" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8091" w:type="dxa"/>
+            <w:tcW w:w="7886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D6CC4EF" w14:textId="5B570966" w:rsidR="009366A0" w:rsidRPr="00ED0381" w:rsidRDefault="009366A0" w:rsidP="009366A0">
-[...12 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="4A9254A8" w14:textId="7E3A075C" w:rsidR="00CC5AAF" w:rsidRDefault="00CC5AAF" w:rsidP="00530B7F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
               <w:t>“</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="OLE_LINK1"/>
-[...24 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00CC5AAF">
+              <w:t>"Sticky industrial policies and divergent value chain upgrading patterns: lessons from Querétaro and Jalisco, Mexico." </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC5AAF">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...21 lines deleted...]
-          <w:p w14:paraId="06574CCC" w14:textId="538255F0" w:rsidR="009366A0" w:rsidRDefault="009366A0" w:rsidP="009366A0">
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Business and Politics</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC5AAF">
+              <w:t> (2025): 1-22</w:t>
+            </w:r>
+            <w:r>
+              <w:t>. (with Seth Pipkin)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60767FE7" w14:textId="77777777" w:rsidR="00CC5AAF" w:rsidRDefault="00CC5AAF" w:rsidP="00530B7F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="23BD5F63" w14:textId="6AC69CB3" w:rsidR="00CC1996" w:rsidRDefault="00BD43F8" w:rsidP="00530B7F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD43F8">
+              <w:t xml:space="preserve">“Can Partial Growth Coalitions Build Pathways out of the Middle-Income Trap? The Case of Querétaro, México," </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD43F8">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Studies in Comparative International Development</w:t>
+            </w:r>
+            <w:r w:rsidR="00302A11">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00302A11" w:rsidRPr="00302A11">
+              <w:t>59 (3), 2024.</w:t>
+            </w:r>
+            <w:r w:rsidR="00302A11" w:rsidRPr="00B1213C">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD43F8">
+              <w:t xml:space="preserve"> (with Seth Pipkin)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01E44325" w14:textId="2CF094B8" w:rsidR="00BD43F8" w:rsidRDefault="00BD43F8" w:rsidP="00530B7F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24862C1E" w14:textId="2C53C716" w:rsidR="00BD43F8" w:rsidRDefault="00BD43F8" w:rsidP="00530B7F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD43F8">
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD43F8">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Appetite for Reform:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD43F8">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD43F8">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>When do Exogenous Shocks Motivate Industrial Policy Change?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD43F8">
+              <w:t xml:space="preserve">” </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD43F8">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Journal of Development Studies</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD43F8">
+              <w:t>, 58(6), 2022, pp. 1081 – 1101</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD43F8">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD43F8">
+              <w:t>(with Seth Pipkin)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78550704" w14:textId="038237F8" w:rsidR="00530B7F" w:rsidRDefault="00530B7F" w:rsidP="009205D0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="35A9E3F6" w14:textId="61562545" w:rsidR="00BD43F8" w:rsidRDefault="00BD43F8" w:rsidP="009205D0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD43F8">
+              <w:t xml:space="preserve">“Learning Targets: Policy Paradigms and State Responses to the Anti-Corruption Transnational Advocacy Network (TAN) Campaign in Guatemala.” </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD43F8">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Latin American Politics and Society</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD43F8">
+              <w:t>, 64(1), 2022, pp. 93 – 116</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD43F8">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F729FE9" w14:textId="77777777" w:rsidR="009205D0" w:rsidRDefault="009205D0" w:rsidP="00DC15D1">
+            <w:pPr>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F67AA70" w14:textId="057B769D" w:rsidR="00DC15D1" w:rsidRPr="00DC15D1" w:rsidRDefault="00D41FC9" w:rsidP="00DC15D1">
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">“The Divergent Institutional Logics of Industrial Change: A comparison of export-cheese processors in Nicaragua.” </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:i/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Socio-Economic Review</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC15D1" w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:iCs/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="009205D0">
+              <w:rPr>
+                <w:iCs/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>19(1), 2021.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DF2BC2D" w14:textId="77777777" w:rsidR="00D41FC9" w:rsidRPr="00DC15D1" w:rsidRDefault="00D41FC9" w:rsidP="00D41FC9">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...12 lines deleted...]
-            <w:r>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5D6CC4EF" w14:textId="27DF2545" w:rsidR="009366A0" w:rsidRPr="00DC15D1" w:rsidRDefault="009366A0" w:rsidP="00E51386">
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidR="00E51386" w:rsidRPr="00DC15D1">
+              <w:t>Ideology, Expertise, and Industrial Transformations with Mutual Gains: Developmental Professionals in Nicaragua’s Cheese Industry</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:t xml:space="preserve">.” </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...43 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t>Latin American Research Review</w:t>
+            </w:r>
+            <w:r w:rsidR="00D41FC9" w:rsidRPr="00DC15D1">
+              <w:t>, 54(3), 2019.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30CBE63B" w14:textId="77777777" w:rsidR="009366A0" w:rsidRPr="00DC15D1" w:rsidRDefault="009366A0" w:rsidP="009366A0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E4217C5" w14:textId="76B63B00" w:rsidR="00F75ADA" w:rsidRPr="00DC15D1" w:rsidRDefault="00F75ADA" w:rsidP="00F75ADA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>“</w:t>
             </w:r>
-            <w:r>
-[...11 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidR="00DC59A2" w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Neither synthesis nor rivalry: Complementary policy models and technological learning in the Mexican and Brazilian petroleum and automotive industries</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:t xml:space="preserve">.” </w:t>
+            </w:r>
+            <w:r w:rsidR="007C6DE6" w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:i/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-            <w:r w:rsidR="007C6DE6">
+              <w:t xml:space="preserve">Business and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007C6DE6" w:rsidRPr="00DC15D1">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...14 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Politics</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000176F3" w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>, 21(1), 2019</w:t>
+            </w:r>
+            <w:r w:rsidR="007C6DE6" w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>with</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> Seth </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Pipkin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4896CA11" w14:textId="77777777" w:rsidR="00F75ADA" w:rsidRDefault="00F75ADA" w:rsidP="00C009CD">
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="4896CA11" w14:textId="77777777" w:rsidR="00F75ADA" w:rsidRPr="00DC15D1" w:rsidRDefault="00F75ADA" w:rsidP="00C009CD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2D2BD0D8" w14:textId="6EB00EB3" w:rsidR="00AC778C" w:rsidRPr="00F91586" w:rsidRDefault="00AC778C" w:rsidP="00C009CD">
-[...8 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="2D2BD0D8" w14:textId="6088C75B" w:rsidR="00AC778C" w:rsidRPr="00DC15D1" w:rsidRDefault="00E51386" w:rsidP="00C009CD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>"Los Apóstoles del Desarrollo y la Modernización de la Industria Azucarera Guatemalteca."</w:t>
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC778C" w:rsidRPr="00DC15D1">
+              <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
+              <w:t>Los Apóstoles del Desarrollo y la Modernización de la Industria Azucarera Guatemalteca.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>”</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC778C" w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F91586">
+            <w:r w:rsidR="00AC778C" w:rsidRPr="00DC15D1">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00F91586">
+              </w:rPr>
+              <w:t>Anuario de Estudios Centroamericanos.</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC778C" w:rsidRPr="00DC15D1">
+              <w:t xml:space="preserve"> 43, 2017.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D6DF72C" w14:textId="77777777" w:rsidR="00AC778C" w:rsidRPr="00DC15D1" w:rsidRDefault="00AC778C" w:rsidP="00C009CD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="46296DFE" w14:textId="73413AC7" w:rsidR="0076687B" w:rsidRPr="00DC15D1" w:rsidRDefault="0076687B" w:rsidP="00C009CD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>“Spurred to Upgrade: A Review of Triggers and Consequences of Industrial Upgrading in th</w:t>
+            </w:r>
+            <w:r w:rsidR="00C4066F" w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>e Global Value Chain Literature.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">” </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00F91586">
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>World Development</w:t>
+            </w:r>
+            <w:r w:rsidR="00C4066F" w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>, 98, 2017.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00F91586">
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (with Seth Pipkin) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E6D7148" w14:textId="77777777" w:rsidR="0076687B" w:rsidRPr="00DC15D1" w:rsidRDefault="0076687B" w:rsidP="00C009CD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25CF7100" w14:textId="5027C6A2" w:rsidR="004D3F0D" w:rsidRPr="00DC15D1" w:rsidRDefault="004D3F0D" w:rsidP="00C009CD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">“Self-Discovery in The Dark: </w:t>
+            </w:r>
+            <w:r w:rsidR="00C009CD" w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>the demand side of industrial policy in Latin America</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.” </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...15 lines deleted...]
-                <w:sz w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Review of International Political Economy</w:t>
+            </w:r>
+            <w:r w:rsidR="00C009CD" w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>, 23(1), 2016</w:t>
+            </w:r>
+            <w:r w:rsidR="00E3058B" w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F91586">
-[...136 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidR="002E21C4" w:rsidRPr="00DC15D1">
+              <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> (with Seth Pipkin)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D3F0D" w:rsidRPr="00C06924" w14:paraId="690DC6B2" w14:textId="77777777">
+      <w:tr w:rsidR="004D3F0D" w:rsidRPr="00DC15D1" w14:paraId="690DC6B2" w14:textId="77777777" w:rsidTr="00975F33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B4908A2" w14:textId="77777777" w:rsidR="004D3F0D" w:rsidRPr="00C06924" w:rsidRDefault="004D3F0D" w:rsidP="00C65E1F">
-[...4 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="3B4908A2" w14:textId="77777777" w:rsidR="004D3F0D" w:rsidRPr="00DC15D1" w:rsidRDefault="004D3F0D" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8091" w:type="dxa"/>
+            <w:tcW w:w="7886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BDD04CA" w14:textId="77777777" w:rsidR="0076687B" w:rsidRPr="00C06924" w:rsidRDefault="0076687B" w:rsidP="0070405B">
-[...4 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="7BDD04CA" w14:textId="77777777" w:rsidR="0076687B" w:rsidRPr="00DC15D1" w:rsidRDefault="0076687B" w:rsidP="0070405B">
+            <w:pPr>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB419E" w:rsidRPr="00C06924" w14:paraId="2A5F3A69" w14:textId="77777777">
+      <w:tr w:rsidR="00AB419E" w:rsidRPr="00DC15D1" w14:paraId="2A5F3A69" w14:textId="77777777" w:rsidTr="00975F33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59C5CB95" w14:textId="77777777" w:rsidR="00AB419E" w:rsidRPr="00C06924" w:rsidRDefault="00AB419E" w:rsidP="00C65E1F">
-[...4 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="59C5CB95" w14:textId="77777777" w:rsidR="00AB419E" w:rsidRPr="00DC15D1" w:rsidRDefault="00AB419E" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8091" w:type="dxa"/>
+            <w:tcW w:w="7886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="141FFDFB" w14:textId="78DDF31D" w:rsidR="00AB419E" w:rsidRPr="00C06924" w:rsidRDefault="00867A2B" w:rsidP="0070405B">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="141FFDFB" w14:textId="78DDF31D" w:rsidR="00AB419E" w:rsidRPr="00DC15D1" w:rsidRDefault="00867A2B" w:rsidP="0070405B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
               <w:t>“</w:t>
             </w:r>
-            <w:r w:rsidR="00AB419E" w:rsidRPr="00C06924">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00AB419E" w:rsidRPr="00DC15D1">
               <w:t>A Vocation for Industrial Transformation: Ideology, Organizational Isomorphism and Upgrading in the Guatemalan Sugar Industry.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C06924">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00DC15D1">
               <w:t>”</w:t>
             </w:r>
-            <w:r w:rsidR="00D7664E" w:rsidRPr="00C06924">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00D7664E" w:rsidRPr="00DC15D1">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00AB419E" w:rsidRPr="00C06924">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00AB419E" w:rsidRPr="00DC15D1">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00D7664E" w:rsidRPr="00C06924">
+            <w:r w:rsidR="00D7664E" w:rsidRPr="00DC15D1">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00D7664E" w:rsidRPr="00C06924">
+              </w:rPr>
+              <w:t>Studies in Comparative International Development</w:t>
+            </w:r>
+            <w:r w:rsidR="00750AB2" w:rsidRPr="00DC15D1">
+              <w:t xml:space="preserve">, 49 (3), </w:t>
+            </w:r>
+            <w:r w:rsidR="0070405B" w:rsidRPr="00DC15D1">
+              <w:t>September</w:t>
+            </w:r>
+            <w:r w:rsidR="00750AB2" w:rsidRPr="00DC15D1">
+              <w:t xml:space="preserve"> 2014</w:t>
+            </w:r>
+            <w:r w:rsidR="00D7664E" w:rsidRPr="00DC15D1">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...25 lines deleted...]
-                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A490C" w:rsidRPr="00C06924" w14:paraId="225B85EE" w14:textId="77777777">
+      <w:tr w:rsidR="002A490C" w:rsidRPr="00DC15D1" w14:paraId="225B85EE" w14:textId="77777777" w:rsidTr="00975F33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="225098C6" w14:textId="77777777" w:rsidR="002A490C" w:rsidRPr="00C06924" w:rsidRDefault="002A490C" w:rsidP="00C65E1F">
-[...4 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="225098C6" w14:textId="77777777" w:rsidR="002A490C" w:rsidRPr="00DC15D1" w:rsidRDefault="002A490C" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8091" w:type="dxa"/>
+            <w:tcW w:w="7886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0901BA7A" w14:textId="77777777" w:rsidR="00B90839" w:rsidRPr="00C06924" w:rsidRDefault="00B90839" w:rsidP="004A0346">
-[...4 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="0901BA7A" w14:textId="77777777" w:rsidR="00B90839" w:rsidRPr="00DC15D1" w:rsidRDefault="00B90839" w:rsidP="004A0346">
+            <w:pPr>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB419E" w:rsidRPr="00C06924" w14:paraId="1D957B4C" w14:textId="77777777">
+      <w:tr w:rsidR="00AB419E" w:rsidRPr="00DC15D1" w14:paraId="1D957B4C" w14:textId="77777777" w:rsidTr="00975F33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C2DCA5D" w14:textId="77777777" w:rsidR="00AB419E" w:rsidRPr="00C06924" w:rsidRDefault="00AB419E" w:rsidP="00C65E1F">
-[...4 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="2C2DCA5D" w14:textId="77777777" w:rsidR="00AB419E" w:rsidRPr="00DC15D1" w:rsidRDefault="00AB419E" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8091" w:type="dxa"/>
+            <w:tcW w:w="7886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73B90F86" w14:textId="7B209CC9" w:rsidR="00C4066F" w:rsidRPr="00AC778C" w:rsidRDefault="000359C7" w:rsidP="00AC778C">
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="73B90F86" w14:textId="7B209CC9" w:rsidR="00C4066F" w:rsidRPr="00DC15D1" w:rsidRDefault="000359C7" w:rsidP="00AC778C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06924">
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C06924">
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">La Discriminación y su relación con la diferencia de ingresos en el mercado laboral guatemalteco.” </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C06924">
+            <w:r w:rsidRPr="00DC15D1">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Perfiles Latinoamericanos</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C06924">
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>, Número 27.  México: FLACSO; 2006.</w:t>
             </w:r>
-            <w:r w:rsidR="00D7664E" w:rsidRPr="00C06924">
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidR="00D7664E" w:rsidRPr="00DC15D1">
+              <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A490C" w:rsidRPr="00C06924" w14:paraId="17B93AD8" w14:textId="77777777">
+      <w:tr w:rsidR="002A490C" w:rsidRPr="00DC15D1" w14:paraId="17B93AD8" w14:textId="77777777" w:rsidTr="00975F33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AA7D094" w14:textId="0699FCB8" w:rsidR="002A490C" w:rsidRPr="00C06924" w:rsidRDefault="002A490C" w:rsidP="00C65E1F">
-[...4 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="0AA7D094" w14:textId="0699FCB8" w:rsidR="002A490C" w:rsidRPr="00DC15D1" w:rsidRDefault="002A490C" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8091" w:type="dxa"/>
+            <w:tcW w:w="7886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62F9798E" w14:textId="77777777" w:rsidR="000A53E1" w:rsidRPr="00C06924" w:rsidRDefault="000A53E1" w:rsidP="00D7664E">
-[...4 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="6A29FA84" w14:textId="77777777" w:rsidR="000A53E1" w:rsidRPr="00530B7F" w:rsidRDefault="000A53E1" w:rsidP="00D7664E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A54CDAC" w14:textId="390078C4" w:rsidR="009205D0" w:rsidRPr="00823082" w:rsidRDefault="009205D0" w:rsidP="00D7664E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00823082">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Book Chapters</w:t>
+            </w:r>
+            <w:r w:rsidR="00823082">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in Edited Volumes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C99088F" w14:textId="44265D58" w:rsidR="00CC5AAF" w:rsidRPr="00CC5AAF" w:rsidRDefault="00CC5AAF" w:rsidP="00D7664E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">“The Station Soccer Innovation: Overcoming U.S. Youth Soccer’s Transportation Barrier.” In </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC5AAF">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Soccer, Globalization, and Innovation: The Beautiful Game in the 21st Century</w:t>
+            </w:r>
+            <w:r>
+              <w:t>, ed. Kirk Bowman and Boyd, J. Routledge, 2025.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C7CD336" w14:textId="77777777" w:rsidR="00CC5AAF" w:rsidRDefault="00CC5AAF" w:rsidP="00D7664E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D62C781" w14:textId="6734B88E" w:rsidR="008527C1" w:rsidRDefault="008527C1" w:rsidP="00D7664E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307EE0">
+              <w:t>“</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00307EE0">
+              <w:t>Capítulo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00307EE0">
+              <w:t xml:space="preserve"> I. Guatemala,” in ed. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008527C1">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Bielschowsky</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008527C1">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, R. et al. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008527C1">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Patrones de Desarrollo Económico en los Seis Países de Centroamérica (1950-2018)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008527C1">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008527C1">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Mexico</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008527C1">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> City, Comisión Económica para América Latina (CEPAL), 2022. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A64F81B" w14:textId="4E8EF87A" w:rsidR="008527C1" w:rsidRDefault="008527C1" w:rsidP="00D7664E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6373B397" w14:textId="5C9296B8" w:rsidR="008527C1" w:rsidRPr="00307EE0" w:rsidRDefault="008527C1" w:rsidP="00D7664E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008527C1">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">“Capítulo VIII. Un balance aproximado de las semejanzas y diferencias en la evolución económica de los seis países de Centroamérica,” in ed. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008527C1">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Bielschowsky</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008527C1">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, R. et al. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008527C1">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Patrones de Desarrollo Económico en los Seis Países de Centroamérica (1950-2018)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008527C1">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008527C1">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Mexico</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008527C1">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> City, Comisión Económica para América Latina (CEPAL), 2022. (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008527C1">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008527C1">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hugo Beteta, Ricardo </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008527C1">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Bielschowsky</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008527C1">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>, María Castro and Pablo Yanes)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EE675A0" w14:textId="77777777" w:rsidR="009205D0" w:rsidRPr="00307EE0" w:rsidRDefault="009205D0" w:rsidP="00D7664E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0DC159D8" w14:textId="77777777" w:rsidR="00823082" w:rsidRPr="00DC15D1" w:rsidRDefault="00823082" w:rsidP="00823082">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Book Reviews</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DA05D0E" w14:textId="08D139CF" w:rsidR="00823082" w:rsidRDefault="00823082" w:rsidP="00823082">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:t xml:space="preserve">“Structural Change and Growth in Central America and the Dominican Republic: An Overview of Two Decades, 1990-2011 – by Beteta, Hugo and Moreno-Brid, Juan C.” </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Bulletin of Latin American Research</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:t>, 36(4), 2017.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DA35F83" w14:textId="5F940FF6" w:rsidR="00823082" w:rsidRDefault="00823082" w:rsidP="00823082">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="61057150" w14:textId="174A24DA" w:rsidR="00DC15D1" w:rsidRDefault="00823082" w:rsidP="00823082">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:t xml:space="preserve">“Reseña de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:t>libro</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:t xml:space="preserve">: John Maynard Keynes, 1883-1946: Economist, philosopher, statesman.” </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECO Revista </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Acad</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>émica</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>, 4, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62F9798E" w14:textId="1C1EB4A9" w:rsidR="00823082" w:rsidRPr="00DC15D1" w:rsidRDefault="00823082" w:rsidP="00823082">
+            <w:pPr>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B00B02" w:rsidRPr="00C06924" w14:paraId="1CAD4226" w14:textId="77777777">
+      <w:tr w:rsidR="00B00B02" w:rsidRPr="00DC15D1" w14:paraId="2C16AF59" w14:textId="77777777" w:rsidTr="00975F33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74A7C05C" w14:textId="77777777" w:rsidR="00B00B02" w:rsidRPr="00C06924" w:rsidRDefault="00B00B02" w:rsidP="00C65E1F">
-[...4 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="341AE46E" w14:textId="77777777" w:rsidR="00B00B02" w:rsidRPr="00DC15D1" w:rsidRDefault="00B00B02" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8091" w:type="dxa"/>
+            <w:tcW w:w="7886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="628B7FA8" w14:textId="4C0CD156" w:rsidR="00B00B02" w:rsidRPr="00C06924" w:rsidRDefault="009366A0" w:rsidP="00C65E1F">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="6AC0FB6C" w14:textId="73828492" w:rsidR="00823082" w:rsidRDefault="00823082" w:rsidP="0029797E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-              <w:t>Articles in Progress</w:t>
+              </w:rPr>
+              <w:t>Other Publications</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06BA1726" w14:textId="7196FB20" w:rsidR="00823082" w:rsidRPr="00823082" w:rsidRDefault="00823082" w:rsidP="0029797E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00530B7F">
+              <w:t xml:space="preserve">United Nations Development Program. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Informe Nacional de Desarrollo Humano 2007/2008: Guatemala: una economía ¿al servicio del desarrollo?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Guatemala; 2008.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Guatemalan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Human </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Development</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Report</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>team</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B00B02" w:rsidRPr="00C06924" w14:paraId="3C8BF899" w14:textId="77777777">
+      <w:tr w:rsidR="00B00B02" w:rsidRPr="00DC15D1" w14:paraId="6AD06F41" w14:textId="77777777" w:rsidTr="00975F33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A6748C9" w14:textId="77777777" w:rsidR="00B00B02" w:rsidRPr="00C06924" w:rsidRDefault="00B00B02" w:rsidP="00C65E1F">
-[...4 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="7D51B90D" w14:textId="77777777" w:rsidR="00B00B02" w:rsidRPr="00DC15D1" w:rsidRDefault="00B00B02" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8091" w:type="dxa"/>
+            <w:tcW w:w="7886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CCF95EE" w14:textId="371961E4" w:rsidR="00B00B02" w:rsidRPr="00984398" w:rsidRDefault="009366A0" w:rsidP="009366A0">
-[...116 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4335321E" w14:textId="77777777" w:rsidR="00B00B02" w:rsidRPr="00DC15D1" w:rsidRDefault="00B00B02" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B00B02" w:rsidRPr="00C06924" w14:paraId="4832E349" w14:textId="77777777" w:rsidTr="00212A26">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="002E21C4" w:rsidRPr="00DC15D1" w14:paraId="11775813" w14:textId="77777777" w:rsidTr="00975F33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60CCCA71" w14:textId="77777777" w:rsidR="00B00B02" w:rsidRPr="00C06924" w:rsidRDefault="00B00B02" w:rsidP="00C65E1F">
-[...4 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="19F479CD" w14:textId="77777777" w:rsidR="002E21C4" w:rsidRPr="00DC15D1" w:rsidRDefault="002E21C4" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8091" w:type="dxa"/>
+            <w:tcW w:w="7886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B7F281E" w14:textId="77777777" w:rsidR="00B00B02" w:rsidRPr="00C06924" w:rsidRDefault="00B00B02" w:rsidP="00C65E1F">
-[...6 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="52F16332" w14:textId="121893BB" w:rsidR="00CF0C02" w:rsidRPr="00DC15D1" w:rsidRDefault="00CF0C02" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B00B02" w:rsidRPr="00C06924" w14:paraId="225BBAD3" w14:textId="77777777">
+      <w:tr w:rsidR="002E21C4" w:rsidRPr="00DC15D1" w14:paraId="6C84FE63" w14:textId="77777777" w:rsidTr="00975F33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07E190E6" w14:textId="77777777" w:rsidR="00B00B02" w:rsidRPr="00212A26" w:rsidRDefault="00B00B02" w:rsidP="00C65E1F">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3410973A" w14:textId="77777777" w:rsidR="002E21C4" w:rsidRPr="00DC15D1" w:rsidRDefault="002E21C4" w:rsidP="00B00B02">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Refereed Presentations</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8091" w:type="dxa"/>
+            <w:tcW w:w="7886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="738076D5" w14:textId="55B03F88" w:rsidR="00B00B02" w:rsidRPr="00C06924" w:rsidRDefault="00B00B02" w:rsidP="00984398">
-[...34 lines deleted...]
-              <w:t xml:space="preserve"> in Progress</w:t>
+          <w:p w14:paraId="375B8759" w14:textId="24AF97E7" w:rsidR="008013FE" w:rsidRDefault="008013FE" w:rsidP="005F21F2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008013FE">
+              <w:t>Who’s invested? Public and private sector involvement in economic upgrading in three Mexican states</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">” </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008013FE">
+              <w:t>(with Seth Pipkin),</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Industry Studies Association (ISA), Philadelphia, 2024.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17814CB4" w14:textId="77777777" w:rsidR="008013FE" w:rsidRDefault="008013FE" w:rsidP="005F21F2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3CECE959" w14:textId="4D642F8F" w:rsidR="008013FE" w:rsidRDefault="008013FE" w:rsidP="005F21F2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008013FE">
+              <w:t>Who’s invested? Public and private sector involvement in economic upgrading in three Mexican states</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">” </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008013FE">
+              <w:t>(with Seth Pipkin),</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008013FE">
+              <w:t xml:space="preserve">Society for the Advancement of Socio-Economics </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008013FE">
+              <w:t>SASE</w:t>
+            </w:r>
+            <w:r>
+              <w:t>), Limerick, Ireland, 2024.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69B68210" w14:textId="77777777" w:rsidR="008013FE" w:rsidRDefault="008013FE" w:rsidP="005F21F2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3CBE9AED" w14:textId="67C0C79B" w:rsidR="008013FE" w:rsidRDefault="008013FE" w:rsidP="005F21F2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008013FE">
+              <w:t>Elite Coalitions and Economic Transformation: Explaining Subnational Divergence in Mexico</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">” </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008013FE">
+              <w:t>(with Seth Pipkin),</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008013FE">
+              <w:t xml:space="preserve">Society for the Advancement of Socio-Economics </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008013FE">
+              <w:t>SASE</w:t>
+            </w:r>
+            <w:r>
+              <w:t>), Rio de Janeiro, Brazil, 2023.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="768DD704" w14:textId="77777777" w:rsidR="008013FE" w:rsidRDefault="008013FE" w:rsidP="005F21F2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="670850D2" w14:textId="3B158A6C" w:rsidR="008013FE" w:rsidRDefault="008013FE" w:rsidP="005F21F2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">“How to train your capitalists: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F21F2">
+              <w:t>Querétaro and Jalisco, Mexico</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">” </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008013FE">
+              <w:t>(with Seth Pipkin),</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Southeastern Exchange of Development Studies, SEEDS, Atlanta, 2023.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B01CEB7" w14:textId="77777777" w:rsidR="008013FE" w:rsidRDefault="008013FE" w:rsidP="005F21F2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4E2B5914" w14:textId="45117D54" w:rsidR="008013FE" w:rsidRDefault="008013FE" w:rsidP="005F21F2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">“How to train your capitalists: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F21F2">
+              <w:t>Querétaro and Jalisco, Mexico</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">” </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008013FE">
+              <w:t>(with Seth Pipkin),</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Midwestern Political Science Association, MPSA, Chicago, 2023.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10E65D92" w14:textId="77777777" w:rsidR="008013FE" w:rsidRDefault="008013FE" w:rsidP="005F21F2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="381E6488" w14:textId="70052842" w:rsidR="005F21F2" w:rsidRPr="005F21F2" w:rsidRDefault="005F21F2" w:rsidP="005F21F2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F21F2">
+              <w:t>Sticky policy styles, slippery value chains: Querétaro and Jalisco, Mexico</w:t>
+            </w:r>
+            <w:r>
+              <w:t>”</w:t>
+            </w:r>
+            <w:r w:rsidR="008013FE">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008013FE" w:rsidRPr="008013FE">
+              <w:t>(with Seth Pipkin),</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Latin American Studies Association, LASA</w:t>
+            </w:r>
+            <w:r w:rsidR="008013FE">
+              <w:t xml:space="preserve"> (virtual), 2023.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0044F971" w14:textId="77777777" w:rsidR="005F21F2" w:rsidRPr="005F21F2" w:rsidRDefault="005F21F2" w:rsidP="00BC5561">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4F19DA36" w14:textId="01038D00" w:rsidR="005F21F2" w:rsidRPr="005F21F2" w:rsidRDefault="005F21F2" w:rsidP="00BC5561">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F21F2">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F21F2">
+              <w:rPr>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Coaliciones entre élites políticas y económicas: Los casos de Querétaro y Jalisco</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>” (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Seth </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Pipkin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">), Universidad de Guadalajara, Jalisco, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Mexico</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>, 2023.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64DAE6E2" w14:textId="77777777" w:rsidR="005F21F2" w:rsidRPr="005F21F2" w:rsidRDefault="005F21F2" w:rsidP="00BC5561">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="13637FAD" w14:textId="2DD52436" w:rsidR="00166F7F" w:rsidRDefault="00166F7F" w:rsidP="00BC5561">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00166F7F">
+              <w:t>“The Planning Studio Series: An inter-disciplinary, problem-solving approach” (with Catherine Ross), ACSP, Toronto, Canada, 2022.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="237DF06C" w14:textId="77777777" w:rsidR="00166F7F" w:rsidRDefault="00166F7F" w:rsidP="00BC5561">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="36C12291" w14:textId="6B25C831" w:rsidR="00CF0C02" w:rsidRDefault="00CF0C02" w:rsidP="00BC5561">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF0C02">
+              <w:t>“How to train your capitalists: Jalisco and Queretaro, Mexico” (with Seth Pipkin), DSA (virtual), 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="098E7954" w14:textId="77777777" w:rsidR="00CF0C02" w:rsidRDefault="00CF0C02" w:rsidP="00BC5561">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4366CEBF" w14:textId="251BB305" w:rsidR="00BC5561" w:rsidRDefault="00BC5561" w:rsidP="00BC5561">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>“Partial Capture: Queretaro’s path out of the middle-income trap” (with Seth Pipkin), APSA (virtual), 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14D2E784" w14:textId="5A16415D" w:rsidR="00BC5561" w:rsidRDefault="00BC5561" w:rsidP="005B0AF0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="173A0DA5" w14:textId="3DB42E15" w:rsidR="00BC5561" w:rsidRDefault="00BC5561" w:rsidP="00BC5561">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>“Partial Capture: Queretaro’s path out of the middle-income trap” (with Seth Pipkin), REPAL (virtual), 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DF28B48" w14:textId="77777777" w:rsidR="00BC5561" w:rsidRDefault="00BC5561" w:rsidP="005B0AF0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="60559EB8" w14:textId="7A085D5C" w:rsidR="00823082" w:rsidRDefault="00823082" w:rsidP="005B0AF0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">“Partial </w:t>
+            </w:r>
+            <w:r w:rsidR="00BC5561">
+              <w:t>Capture: Queretaro’s path out of the middle-income trap” (with Seth Pipkin), SASE (virtual), 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34025225" w14:textId="77777777" w:rsidR="00823082" w:rsidRDefault="00823082" w:rsidP="005B0AF0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="08EA1B3C" w14:textId="4FB6D47B" w:rsidR="005B0AF0" w:rsidRPr="005B0AF0" w:rsidRDefault="005B0AF0" w:rsidP="005B0AF0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0AF0">
+              <w:t>Muddling through the Middle-Income Trap: Building growth coalitions to overcome structural cleavages in Mexico, 1994-2015</w:t>
+            </w:r>
+            <w:r>
+              <w:t>” (with Seth Pipkin), ACSP (virtual), 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15FD560A" w14:textId="510395B5" w:rsidR="005B0AF0" w:rsidRDefault="005B0AF0" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07D3566A" w14:textId="48FEC3E1" w:rsidR="004869B5" w:rsidRPr="005B0AF0" w:rsidRDefault="004869B5" w:rsidP="004869B5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D58C0">
+              <w:t>ACSP 2020 Roundtable: Transnational University-Community Collaborations for Post-Disaster Recovery</w:t>
+            </w:r>
+            <w:r>
+              <w:t>” (with Catherine Ross), ACSP (virtual), 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11932D67" w14:textId="56418A6E" w:rsidR="004869B5" w:rsidRDefault="004869B5" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0497513D" w14:textId="0C6C795C" w:rsidR="005B0AF0" w:rsidRPr="005B0AF0" w:rsidRDefault="005B0AF0" w:rsidP="005B0AF0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0AF0">
+              <w:t>Escaping the Middle-Income Trap: A subnational perspective</w:t>
+            </w:r>
+            <w:r>
+              <w:t>” (with Seth Pipkin, MPSA, Chicago, 2020 (</w:t>
+            </w:r>
+            <w:r w:rsidR="008B12E4">
+              <w:t>conference cancelled due to Covid-19 pandemic</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64E93CA5" w14:textId="02B3379A" w:rsidR="005B0AF0" w:rsidRDefault="005B0AF0" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5CECACD5" w14:textId="3B7BE82F" w:rsidR="005B0AF0" w:rsidRPr="005B0AF0" w:rsidRDefault="005B0AF0" w:rsidP="005B0AF0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0AF0">
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0AF0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>The Vulnerability of Transnational Advocacy Network (TAN) Targets: Structural or Ideational?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">” </w:t>
+            </w:r>
+            <w:r>
+              <w:t>MPSA, Chicago, 2020 (conference cancelled</w:t>
+            </w:r>
+            <w:r w:rsidR="008B12E4">
+              <w:t xml:space="preserve"> due to Covid-19 pandemic</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30AD9B2A" w14:textId="7EAF4F73" w:rsidR="005B0AF0" w:rsidRPr="005B0AF0" w:rsidRDefault="005B0AF0" w:rsidP="005B0AF0"/>
+          <w:p w14:paraId="3068B922" w14:textId="4DB14A1B" w:rsidR="005B0AF0" w:rsidRDefault="005B0AF0" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0AF0">
+              <w:t>Partial Capture: Querétaro’s Path out of Mexico’s Middle-Income Trap</w:t>
+            </w:r>
+            <w:r>
+              <w:t>” REPAL, Buenos Aires, Argentina, 2020 (</w:t>
+            </w:r>
+            <w:r w:rsidR="008B12E4">
+              <w:t>conference cancelled due to Covid-19 pandemic</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03DE3211" w14:textId="77777777" w:rsidR="005B0AF0" w:rsidRDefault="005B0AF0" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="70A7E1E6" w14:textId="32DA82F1" w:rsidR="00984398" w:rsidRPr="00DC15D1" w:rsidRDefault="00984398" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Learning by Satisficing: Rehabilitating punctuated institutional change in an incrementalist world</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:t>” (with Seth Pipkin), APSA, Washington DC, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A25621D" w14:textId="77777777" w:rsidR="00984398" w:rsidRPr="00DC15D1" w:rsidRDefault="00984398" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="489D63A4" w14:textId="69FB34C8" w:rsidR="00984398" w:rsidRPr="00DC15D1" w:rsidRDefault="00984398" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>“Bringing events back in: aspiration, slack and institutional change in Mexico and Brazil” (with Seth Pipkin), CHSS, Chicago, 2019.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59046251" w14:textId="77777777" w:rsidR="00984398" w:rsidRPr="00DC15D1" w:rsidRDefault="00984398" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6B8BCEF2" w14:textId="19616F41" w:rsidR="00984398" w:rsidRPr="00DC15D1" w:rsidRDefault="00984398" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>“Bringing events back in: aspiration, slack and institutional change in Mexico and Brazil” (with Seth Pipkin), LASA, Boston, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62F233EA" w14:textId="77777777" w:rsidR="00984398" w:rsidRPr="00DC15D1" w:rsidRDefault="00984398" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4DA0F42C" w14:textId="1EF92E9E" w:rsidR="00984398" w:rsidRPr="00DC15D1" w:rsidRDefault="00984398" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:t>“The double-movement of anti-corruption campaigns: a case from Guatemala,” MSPA, Chicago, 2019.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="587E324C" w14:textId="77777777" w:rsidR="00984398" w:rsidRPr="00DC15D1" w:rsidRDefault="00984398" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="30F40BF2" w14:textId="061BF60A" w:rsidR="00F75ADA" w:rsidRPr="00DC15D1" w:rsidRDefault="00F75ADA" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>“The Institutional Logics of Industrial Transformation in Hierarchical Market Economies,” LASA, Barcelona, 2018.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D7B0886" w14:textId="77777777" w:rsidR="00F75ADA" w:rsidRPr="00DC15D1" w:rsidRDefault="00F75ADA" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2048986D" w14:textId="1D6F74E0" w:rsidR="007B06EB" w:rsidRPr="00DC15D1" w:rsidRDefault="007B06EB" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">“Bringing Critical Junctures Back In: Aspirations and Institutional Change in the Mexican and Brazilian Petroleum and Auto Industries,” </w:t>
+            </w:r>
+            <w:r w:rsidR="00984398" w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(with Seth Pipkin) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Business in an Era of Institutional Disruption, University of South Carolina, 2018. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C0C5E13" w14:textId="77777777" w:rsidR="007B06EB" w:rsidRPr="00DC15D1" w:rsidRDefault="007B06EB" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D72B0F5" w14:textId="1D73A2B1" w:rsidR="00342568" w:rsidRPr="00DC15D1" w:rsidRDefault="00342568" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>“Institutional Logics and Coordination Problems in Nicaragua,” ACSP, Portland, 2016.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43FB89FC" w14:textId="77777777" w:rsidR="00342568" w:rsidRPr="00DC15D1" w:rsidRDefault="00342568" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2ACF9992" w14:textId="57E37EE1" w:rsidR="00B90839" w:rsidRPr="00DC15D1" w:rsidRDefault="00B90839" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>“The Runner or the Course: Vulnerability and Policy Preferences in the Industrial Development of Mexico and Brazil” (with Seth Pipkin), REPAL, Boston, 2016.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F585221" w14:textId="77777777" w:rsidR="00B90839" w:rsidRPr="00DC15D1" w:rsidRDefault="00B90839" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79433619" w14:textId="5D4E6DE4" w:rsidR="00B90839" w:rsidRPr="00DC15D1" w:rsidRDefault="00B90839" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>“Capabilities and Compatibilities: Vulnerabilities and Policy Paradigms in the Industrial D</w:t>
+            </w:r>
+            <w:r w:rsidR="00984398" w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>evelopment of Mexico and Brazil</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>” (with Seth Pipkin), SASE, Berkeley, 2016.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="227F68E6" w14:textId="77777777" w:rsidR="00B90839" w:rsidRPr="00DC15D1" w:rsidRDefault="00B90839" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B865C04" w14:textId="24DAB379" w:rsidR="002E21C4" w:rsidRPr="00DC15D1" w:rsidRDefault="002E21C4" w:rsidP="00984398">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:b/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Spurred to Upgrade: A Review of Triggers of Change in the Global Value Chain Literature” (with Seth Pipkin), SASE, London, 2015.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B00B02" w:rsidRPr="00C06924" w14:paraId="2C16AF59" w14:textId="77777777">
+      <w:tr w:rsidR="002E21C4" w:rsidRPr="00DC15D1" w14:paraId="074EE7DE" w14:textId="77777777" w:rsidTr="00975F33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="341AE46E" w14:textId="77777777" w:rsidR="00B00B02" w:rsidRPr="00C06924" w:rsidRDefault="00B00B02" w:rsidP="00C65E1F">
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="451FFC66" w14:textId="7C5C71B6" w:rsidR="002E21C4" w:rsidRPr="00DC15D1" w:rsidRDefault="002E21C4" w:rsidP="00D7664E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8091" w:type="dxa"/>
+            <w:tcW w:w="7886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06BA1726" w14:textId="5155FDD8" w:rsidR="00B00B02" w:rsidRPr="00984398" w:rsidRDefault="00984398" w:rsidP="0029797E">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="7722A633" w14:textId="77777777" w:rsidR="002E21C4" w:rsidRPr="00DC15D1" w:rsidRDefault="002E21C4" w:rsidP="008160FA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B00B02" w:rsidRPr="00C06924" w14:paraId="6AD06F41" w14:textId="77777777">
+      <w:tr w:rsidR="002E21C4" w:rsidRPr="00DC15D1" w14:paraId="7ACE77C7" w14:textId="77777777" w:rsidTr="00975F33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D51B90D" w14:textId="77777777" w:rsidR="00B00B02" w:rsidRPr="00C06924" w:rsidRDefault="00B00B02" w:rsidP="00C65E1F">
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="7921F481" w14:textId="77777777" w:rsidR="002E21C4" w:rsidRPr="00DC15D1" w:rsidRDefault="002E21C4" w:rsidP="00D7664E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8091" w:type="dxa"/>
+            <w:tcW w:w="7886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4335321E" w14:textId="77777777" w:rsidR="00B00B02" w:rsidRPr="00C06924" w:rsidRDefault="00B00B02" w:rsidP="00C65E1F">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="26ADF64C" w14:textId="7F80F551" w:rsidR="002E21C4" w:rsidRPr="00DC15D1" w:rsidRDefault="002E21C4" w:rsidP="008160FA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:b/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>A Fork in the Upgrading Road: The Contrasting Ideologies and Business Models of the Nicaraguan Cheese Indus</w:t>
+            </w:r>
+            <w:r w:rsidR="00984398" w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>try's Industrial Transformation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>” SASE, London, 2015.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD44D7" w:rsidRPr="00C06924" w14:paraId="39FBCA44" w14:textId="77777777">
+      <w:tr w:rsidR="002E21C4" w:rsidRPr="00DC15D1" w14:paraId="0791BC13" w14:textId="77777777" w:rsidTr="00975F33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55A1F287" w14:textId="77777777" w:rsidR="00DD44D7" w:rsidRPr="00C06924" w:rsidRDefault="00DD44D7" w:rsidP="00C65E1F">
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="5DD61A02" w14:textId="77777777" w:rsidR="002E21C4" w:rsidRPr="00DC15D1" w:rsidRDefault="002E21C4" w:rsidP="00D7664E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8091" w:type="dxa"/>
+            <w:tcW w:w="7886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B8B5697" w14:textId="77777777" w:rsidR="00DD44D7" w:rsidRDefault="00DD44D7" w:rsidP="00C65E1F">
-[...167 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="79B09D5C" w14:textId="77777777" w:rsidR="00B90839" w:rsidRPr="00DC15D1" w:rsidRDefault="00B90839" w:rsidP="00342568">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD44D7" w:rsidRPr="00C06924" w14:paraId="4D5A84C2" w14:textId="77777777">
+      <w:tr w:rsidR="002E21C4" w:rsidRPr="00DC15D1" w14:paraId="7E45DF9F" w14:textId="77777777" w:rsidTr="00975F33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4166F45C" w14:textId="7B85A80F" w:rsidR="00DD44D7" w:rsidRPr="00C06924" w:rsidRDefault="00DD44D7" w:rsidP="00C65E1F">
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="7CE8DCDF" w14:textId="77777777" w:rsidR="002E21C4" w:rsidRPr="00DC15D1" w:rsidRDefault="002E21C4" w:rsidP="00D7664E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8091" w:type="dxa"/>
+            <w:tcW w:w="7886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25B93608" w14:textId="77777777" w:rsidR="00DD44D7" w:rsidRDefault="00DD44D7" w:rsidP="00C65E1F">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0C6E4B27" w14:textId="47F3A4C1" w:rsidR="002E21C4" w:rsidRPr="00DC15D1" w:rsidRDefault="002E21C4" w:rsidP="008160FA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:b/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Spilling Over or Pumping Out: Ideologies, Business Models, and the Divergent Firm-Stakeholder Outcomes of the Industrial Transformation</w:t>
+            </w:r>
+            <w:r w:rsidR="00984398" w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in Nicaragua’s Cheese Industry</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>” ISA, Kansas City, 2015.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E21C4" w:rsidRPr="00C06924" w14:paraId="59ADC3CA" w14:textId="77777777">
+      <w:tr w:rsidR="002E21C4" w:rsidRPr="00DC15D1" w14:paraId="31579157" w14:textId="77777777" w:rsidTr="00975F33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5662D045" w14:textId="77777777" w:rsidR="002E21C4" w:rsidRPr="00C06924" w:rsidRDefault="002E21C4" w:rsidP="00C65E1F">
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="59A0C967" w14:textId="77777777" w:rsidR="002E21C4" w:rsidRPr="00DC15D1" w:rsidRDefault="002E21C4" w:rsidP="00D7664E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8091" w:type="dxa"/>
+            <w:tcW w:w="7886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27DCB8E4" w14:textId="2D68A1B3" w:rsidR="002E21C4" w:rsidRPr="00C06924" w:rsidRDefault="002E21C4" w:rsidP="00C65E1F">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="085B4AF7" w14:textId="77777777" w:rsidR="002E21C4" w:rsidRPr="00DC15D1" w:rsidRDefault="002E21C4" w:rsidP="008160FA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E21C4" w:rsidRPr="00C06924" w14:paraId="02407845" w14:textId="77777777">
+      <w:tr w:rsidR="002E21C4" w:rsidRPr="00DC15D1" w14:paraId="24F6BC59" w14:textId="77777777" w:rsidTr="00975F33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08F11FB3" w14:textId="77777777" w:rsidR="002E21C4" w:rsidRPr="00C06924" w:rsidRDefault="002E21C4" w:rsidP="00C65E1F">
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="076F8582" w14:textId="77777777" w:rsidR="002E21C4" w:rsidRPr="00DC15D1" w:rsidRDefault="002E21C4" w:rsidP="00D7664E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8091" w:type="dxa"/>
+            <w:tcW w:w="7886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2559D4AB" w14:textId="614375E4" w:rsidR="002E21C4" w:rsidRPr="00C06924" w:rsidRDefault="002E21C4" w:rsidP="00C65E1F">
-[...83 lines deleted...]
-              <w:t xml:space="preserve"> Guatemala; 2008.</w:t>
+          <w:p w14:paraId="5C6189F7" w14:textId="01D4E214" w:rsidR="002E21C4" w:rsidRPr="00DC15D1" w:rsidRDefault="002E21C4" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:b/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Self-Discovery in The Dark: The Demand Side of Industrial Policy in Latin America” (with Seth Pipkin)</w:t>
+            </w:r>
+            <w:r w:rsidR="00C009CD" w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>, SASE, Chicago, 2014</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E21C4" w:rsidRPr="00C06924" w14:paraId="11775813" w14:textId="77777777">
+      <w:tr w:rsidR="002E21C4" w:rsidRPr="00DC15D1" w14:paraId="02E23E35" w14:textId="77777777" w:rsidTr="00975F33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19F479CD" w14:textId="77777777" w:rsidR="002E21C4" w:rsidRPr="00C06924" w:rsidRDefault="002E21C4" w:rsidP="00C65E1F">
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="28A46039" w14:textId="77777777" w:rsidR="002E21C4" w:rsidRPr="00DC15D1" w:rsidRDefault="002E21C4" w:rsidP="00D7664E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8091" w:type="dxa"/>
+            <w:tcW w:w="7886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52F16332" w14:textId="77777777" w:rsidR="002E21C4" w:rsidRPr="00C06924" w:rsidRDefault="002E21C4" w:rsidP="00C65E1F">
-[...3 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="450C45E5" w14:textId="77777777" w:rsidR="002E21C4" w:rsidRPr="00DC15D1" w:rsidRDefault="002E21C4" w:rsidP="008160FA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E21C4" w:rsidRPr="00C06924" w14:paraId="6C84FE63" w14:textId="77777777">
+      <w:tr w:rsidR="002E21C4" w:rsidRPr="00DC15D1" w14:paraId="5DBBD4A3" w14:textId="77777777" w:rsidTr="00975F33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3410973A" w14:textId="77777777" w:rsidR="002E21C4" w:rsidRPr="00C06924" w:rsidRDefault="002E21C4" w:rsidP="00B00B02">
-[...13 lines deleted...]
-              <w:t>Refereed Presentations</w:t>
+          <w:p w14:paraId="3C792CD4" w14:textId="1765B47A" w:rsidR="002E21C4" w:rsidRPr="00DC15D1" w:rsidRDefault="00B90839" w:rsidP="00D7664E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Courses Taught</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8091" w:type="dxa"/>
+            <w:tcW w:w="7886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70A7E1E6" w14:textId="7A189DED" w:rsidR="00984398" w:rsidRDefault="00984398" w:rsidP="002E21C4">
-[...415 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4CF31DB1" w14:textId="3B9EEFEE" w:rsidR="00B90839" w:rsidRPr="00DC15D1" w:rsidRDefault="00166F7F" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Undergraduate</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EEEFD4C" w14:textId="35B0BF0C" w:rsidR="00B90839" w:rsidRPr="00DC15D1" w:rsidRDefault="00B90839" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:t xml:space="preserve">INTA 2050. Introduction to Global Development, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:t>Fall</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:t xml:space="preserve"> 2014, Spring 2015, Fall 2015, Spring 2016, Fall 2016</w:t>
+            </w:r>
+            <w:r w:rsidR="00342568" w:rsidRPr="00DC15D1">
+              <w:t>, Spring 2017</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED0381" w:rsidRPr="00DC15D1">
+              <w:t>, Spring 2018</w:t>
+            </w:r>
+            <w:r w:rsidR="00F75ADA" w:rsidRPr="00DC15D1">
+              <w:t>, Fall 2018</w:t>
+            </w:r>
+            <w:r w:rsidR="0039242B" w:rsidRPr="00DC15D1">
+              <w:t>, Spring 2019</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA3E97">
+              <w:t>, Summer 2020</w:t>
+            </w:r>
+            <w:r w:rsidR="001B2D49">
+              <w:t xml:space="preserve"> (online)</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC6DB5">
+              <w:t>, Spring 2021</w:t>
+            </w:r>
+            <w:r w:rsidR="001B2D49">
+              <w:t xml:space="preserve"> (online), Fall 2021</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF0C02">
+              <w:t>, Fall 2022</w:t>
+            </w:r>
+            <w:r w:rsidR="002151E1">
+              <w:t>, Fall 2023</w:t>
+            </w:r>
+            <w:r w:rsidR="00342568" w:rsidRPr="00DC15D1">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75A8DB79" w14:textId="77777777" w:rsidR="0076687B" w:rsidRPr="00DC15D1" w:rsidRDefault="0076687B" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B6A0C2C" w14:textId="5079436E" w:rsidR="00CF0C02" w:rsidRPr="00307EE0" w:rsidRDefault="00CF0C02" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00307EE0">
+              <w:t xml:space="preserve">INTA 4341/8803. Latin American Economics, Fall 2022. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A6C7A73" w14:textId="77777777" w:rsidR="00CF0C02" w:rsidRPr="00307EE0" w:rsidRDefault="00CF0C02" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="69F8AB76" w14:textId="2104622B" w:rsidR="0076687B" w:rsidRPr="00DC15D1" w:rsidRDefault="0076687B" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00307EE0">
+              <w:t xml:space="preserve">INTA 4340/MGT 8803. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:t>Economics in Latin America, Study Abroad Program Argentina-Uruguay</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF0C02">
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:t xml:space="preserve"> Summer 2017</w:t>
+            </w:r>
+            <w:r w:rsidR="00984398" w:rsidRPr="00DC15D1">
+              <w:t>, Summer 2019</w:t>
+            </w:r>
+            <w:r w:rsidR="002151E1">
+              <w:t>, Summer 2023</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:t xml:space="preserve"> (with Kirk Bowman, John McIntyre)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="115DBF98" w14:textId="77777777" w:rsidR="00ED0381" w:rsidRPr="00DC15D1" w:rsidRDefault="00ED0381" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="548BD4DB" w14:textId="6DED8408" w:rsidR="00ED0381" w:rsidRDefault="00ED0381" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:t>INTA 2241. Politics and Government of Latin America, Spring 2018</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC6DB5">
+              <w:t>, Fall 2020</w:t>
+            </w:r>
+            <w:r w:rsidR="001B2D49">
+              <w:t>, Fall 2021</w:t>
+            </w:r>
+            <w:r w:rsidR="002151E1">
+              <w:t>, Fall 2024</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D97F209" w14:textId="392D171D" w:rsidR="00FC6DB5" w:rsidRDefault="00FC6DB5" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="11DC9731" w14:textId="035E83FF" w:rsidR="00FC6DB5" w:rsidRDefault="00FC6DB5" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>INTA 3020. Contemporary Mexico, Fall 2020</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF0C02">
+              <w:t>, Spring 2022</w:t>
+            </w:r>
+            <w:r w:rsidR="002151E1">
+              <w:t>, Spring 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B580AF9" w14:textId="7BA9DFA0" w:rsidR="00166F7F" w:rsidRDefault="00166F7F" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3EF4EFFE" w14:textId="46DA517C" w:rsidR="00166F7F" w:rsidRDefault="00166F7F" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>INTA 3241. Latin American Politics, Spring 2023.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3054B393" w14:textId="77777777" w:rsidR="002151E1" w:rsidRDefault="002151E1" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2C0601BD" w14:textId="6A031DDE" w:rsidR="002151E1" w:rsidRDefault="002151E1" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>INTA 3303. Political Economy of Development, Fall 2023, Fall 2024</w:t>
+            </w:r>
+            <w:r w:rsidR="003F3C6D">
+              <w:t>, Spring 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33F5EA2F" w14:textId="77777777" w:rsidR="002151E1" w:rsidRDefault="002151E1" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51FC3481" w14:textId="64E03FA8" w:rsidR="002151E1" w:rsidRPr="00DC15D1" w:rsidRDefault="002151E1" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>CP4813. Sustainable Development Planning in Puerto Rico, Spring 2023</w:t>
+            </w:r>
+            <w:r w:rsidR="003F3C6D">
+              <w:t>, Spring 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="180C8691" w14:textId="77777777" w:rsidR="0076687B" w:rsidRPr="00DC15D1" w:rsidRDefault="0076687B" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2B7192E1" w14:textId="77777777" w:rsidR="00B90839" w:rsidRPr="00DC15D1" w:rsidRDefault="00B90839" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Graduate</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66AE0E69" w14:textId="01E19370" w:rsidR="0039242B" w:rsidRPr="00DC15D1" w:rsidRDefault="00B90839" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:t>INTA 6304/CP 8883. Modernization and Development, Fall 2016</w:t>
+            </w:r>
+            <w:r w:rsidR="00F75ADA" w:rsidRPr="00DC15D1">
+              <w:t>, Fall 2018</w:t>
+            </w:r>
+            <w:r w:rsidR="00B24F70" w:rsidRPr="00DC15D1">
+              <w:t>, Spring 2020</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45EADA9D" w14:textId="77777777" w:rsidR="0039242B" w:rsidRPr="00DC15D1" w:rsidRDefault="0039242B" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="606BEAE2" w14:textId="74244335" w:rsidR="002E21C4" w:rsidRDefault="0039242B" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:t>CP 6052. Studio: Puerto Rico – Disaster Mitigation and Recovery. Spring 2019</w:t>
+            </w:r>
+            <w:r w:rsidR="00B24F70" w:rsidRPr="00DC15D1">
+              <w:t>, Spring 2020</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF0C02">
+              <w:t>, Spring 2022</w:t>
+            </w:r>
+            <w:r w:rsidR="00166F7F">
+              <w:t>, Spring 2023</w:t>
+            </w:r>
+            <w:r w:rsidR="003F3C6D">
+              <w:t>, Spring 2025</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="002E21C4" w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FB995FD" w14:textId="4074EB19" w:rsidR="00166F7F" w:rsidRPr="00DC15D1" w:rsidRDefault="00166F7F" w:rsidP="002E21C4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E21C4" w:rsidRPr="00C06924" w14:paraId="074EE7DE" w14:textId="77777777">
+      <w:tr w:rsidR="00342568" w:rsidRPr="00DC15D1" w14:paraId="1990F43B" w14:textId="77777777" w:rsidTr="00975F33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="451FFC66" w14:textId="7C5C71B6" w:rsidR="002E21C4" w:rsidRPr="00C06924" w:rsidRDefault="002E21C4" w:rsidP="00D7664E">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6F6963A0" w14:textId="68F63AD2" w:rsidR="00342568" w:rsidRPr="00DC15D1" w:rsidRDefault="00342568" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Service</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8091" w:type="dxa"/>
+            <w:tcW w:w="7886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7722A633" w14:textId="77777777" w:rsidR="002E21C4" w:rsidRPr="00C06924" w:rsidRDefault="002E21C4" w:rsidP="008160FA">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="52D8544B" w14:textId="502696E3" w:rsidR="00342568" w:rsidRPr="00DC15D1" w:rsidRDefault="00342568" w:rsidP="00A91832">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:t>GEORGIA INSTITUTE OF TECHNOLOGY</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A261455" w14:textId="6EC86F6A" w:rsidR="002151E1" w:rsidRDefault="002151E1" w:rsidP="00A91832">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="00342568" w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>irector of the Global Development Minor</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2024</w:t>
+            </w:r>
+            <w:r w:rsidR="00342568" w:rsidRPr="00DC15D1">
+              <w:t xml:space="preserve"> – Present, Sam Nunn School of International Affairs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63920186" w14:textId="77777777" w:rsidR="002151E1" w:rsidRDefault="002151E1" w:rsidP="00A91832">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1351C1E5" w14:textId="7C994B59" w:rsidR="002151E1" w:rsidRPr="002151E1" w:rsidRDefault="002151E1" w:rsidP="00A91832">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Co-director of the Diplomacy Lab </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">(with Jon Colton), 2024 – Present </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3150FD52" w14:textId="77777777" w:rsidR="002151E1" w:rsidRDefault="002151E1" w:rsidP="00A91832">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7573872C" w14:textId="3CB725F8" w:rsidR="002151E1" w:rsidRPr="002151E1" w:rsidRDefault="002151E1" w:rsidP="00A91832">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Georgia Tech Faculty Senate Representative</w:t>
+            </w:r>
+            <w:r>
+              <w:t>, 2024 – Present, Sam Nunn School of International Affairs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13A33104" w14:textId="77777777" w:rsidR="002151E1" w:rsidRDefault="002151E1" w:rsidP="00A91832">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="391FF1ED" w14:textId="70E858F3" w:rsidR="002151E1" w:rsidRPr="002151E1" w:rsidRDefault="00D96248" w:rsidP="00A91832">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D96248">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>School of City and Regional Planning</w:t>
+            </w:r>
+            <w:r w:rsidR="002151E1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Representative</w:t>
+            </w:r>
+            <w:r w:rsidR="002151E1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> on MSc in Global Development Committee</w:t>
+            </w:r>
+            <w:r w:rsidR="002151E1">
+              <w:t>, 2024 – Present, School of City and Regional Planning (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002151E1">
+              <w:t>SCaRP</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002151E1">
+              <w:t>)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E21C4" w:rsidRPr="00C06924" w14:paraId="7ACE77C7" w14:textId="77777777">
+      <w:tr w:rsidR="002E21C4" w:rsidRPr="00DC15D1" w14:paraId="0B67D38E" w14:textId="77777777" w:rsidTr="00975F33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7921F481" w14:textId="77777777" w:rsidR="002E21C4" w:rsidRPr="00C06924" w:rsidRDefault="002E21C4" w:rsidP="00D7664E">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="6FA55CB9" w14:textId="77777777" w:rsidR="002E21C4" w:rsidRDefault="002E21C4" w:rsidP="00C0307F">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7980F17C" w14:textId="3D1F2A45" w:rsidR="00AA3E97" w:rsidRPr="00DC15D1" w:rsidRDefault="00AA3E97" w:rsidP="00C0307F">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8091" w:type="dxa"/>
+            <w:tcW w:w="7886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26ADF64C" w14:textId="7F80F551" w:rsidR="002E21C4" w:rsidRPr="00C06924" w:rsidRDefault="002E21C4" w:rsidP="008160FA">
-[...40 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="62BD18A8" w14:textId="77777777" w:rsidR="002E21C4" w:rsidRPr="00DC15D1" w:rsidRDefault="002E21C4" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E21C4" w:rsidRPr="00C06924" w14:paraId="0791BC13" w14:textId="77777777">
+      <w:tr w:rsidR="002E21C4" w:rsidRPr="00DC15D1" w14:paraId="7065A5EB" w14:textId="77777777" w:rsidTr="00975F33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DD61A02" w14:textId="77777777" w:rsidR="002E21C4" w:rsidRPr="00C06924" w:rsidRDefault="002E21C4" w:rsidP="00D7664E">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="292B9EFE" w14:textId="6C5DC76C" w:rsidR="002E21C4" w:rsidRPr="00DC15D1" w:rsidRDefault="002E21C4" w:rsidP="00C0307F">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Grants</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8091" w:type="dxa"/>
+            <w:tcW w:w="7886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79B09D5C" w14:textId="77777777" w:rsidR="00B90839" w:rsidRPr="00C06924" w:rsidRDefault="00B90839" w:rsidP="00342568">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4F90D8C7" w14:textId="434A0145" w:rsidR="002151E1" w:rsidRDefault="002151E1" w:rsidP="001B2D49">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Sustainability Next Seed Grant</w:t>
+            </w:r>
+            <w:r w:rsidR="002064A5">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>, Brooks Byers Institute for Sustainable Systems. Georgia Tech,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2024 (PI, with Joshua Ayers and Gregory Randolph</w:t>
+            </w:r>
+            <w:r w:rsidR="002064A5">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002064A5">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>$18,000</w:t>
+            </w:r>
+            <w:r w:rsidR="002064A5">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A86D1F5" w14:textId="77777777" w:rsidR="002151E1" w:rsidRDefault="002151E1" w:rsidP="001B2D49">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B18B0D4" w14:textId="39FF32C9" w:rsidR="002151E1" w:rsidRDefault="002151E1" w:rsidP="001B2D49">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Sustainability Next </w:t>
+            </w:r>
+            <w:r w:rsidR="002064A5">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Education </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Seed Grant</w:t>
+            </w:r>
+            <w:r w:rsidR="002064A5">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>. Georgia Tech,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2024</w:t>
+            </w:r>
+            <w:r w:rsidR="002064A5">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ($9,992).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="610F49B8" w14:textId="77777777" w:rsidR="002151E1" w:rsidRDefault="002151E1" w:rsidP="001B2D49">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="366421FE" w14:textId="5A237855" w:rsidR="00871FC2" w:rsidRDefault="002064A5" w:rsidP="001B2D49">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871FC2">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Grant to support Global Student Experiences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00871FC2" w:rsidRPr="00871FC2">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Program to Support Global Student Experience and Sustainability Next Task Force</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>. Georgia Tech,</w:t>
+            </w:r>
+            <w:r w:rsidR="00871FC2" w:rsidRPr="00871FC2">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2023 (</w:t>
+            </w:r>
+            <w:r w:rsidR="002151E1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>co-PI</w:t>
+            </w:r>
+            <w:r w:rsidR="00871FC2" w:rsidRPr="00871FC2">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00871FC2">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ($15,000)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D9E7D1D" w14:textId="24329FCC" w:rsidR="00871FC2" w:rsidRDefault="00871FC2" w:rsidP="001B2D49">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="45291BEB" w14:textId="17E227F4" w:rsidR="00871FC2" w:rsidRDefault="002064A5" w:rsidP="001B2D49">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871FC2">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Small Grant for Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871FC2">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00871FC2" w:rsidRPr="00871FC2">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Ivan Allen College</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>. Georgia Tech,</w:t>
+            </w:r>
+            <w:r w:rsidR="00871FC2" w:rsidRPr="00871FC2">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2022</w:t>
+            </w:r>
+            <w:r w:rsidR="00871FC2">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ($4,975)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="477E60CA" w14:textId="77777777" w:rsidR="00871FC2" w:rsidRDefault="00871FC2" w:rsidP="001B2D49">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="78E091D0" w14:textId="091F9541" w:rsidR="001B2D49" w:rsidRPr="001B2D49" w:rsidRDefault="001B2D49" w:rsidP="001B2D49">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Seed Grant Award. Georgia Tech, 2021 (</w:t>
+            </w:r>
+            <w:r w:rsidR="002151E1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>co-PI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>) ($49,947)</w:t>
+            </w:r>
+            <w:r w:rsidR="002064A5">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2300043D" w14:textId="77777777" w:rsidR="001B2D49" w:rsidRDefault="001B2D49" w:rsidP="00664CDC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="32234740" w14:textId="446D6E61" w:rsidR="00664CDC" w:rsidRPr="00664CDC" w:rsidRDefault="00664CDC" w:rsidP="00664CDC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00664CDC">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Steve A. Denning Chair in Global Engagement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Faculty Award</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00664CDC">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Georgia Tech</w:t>
+            </w:r>
+            <w:r w:rsidR="002064A5">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>, 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="002151E1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>co-PI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>) ($15,000)</w:t>
+            </w:r>
+            <w:r w:rsidR="002064A5">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E647510" w14:textId="6EEBE49D" w:rsidR="00664CDC" w:rsidRDefault="00664CDC" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6AAE5A56" w14:textId="3FC1F344" w:rsidR="00664CDC" w:rsidRDefault="00664CDC" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Neal Family Chair Grant</w:t>
+            </w:r>
+            <w:r w:rsidR="002064A5">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Sam Nunn School of International Affairs</w:t>
+            </w:r>
+            <w:r w:rsidR="002064A5">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>. Georgia Tech, 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ($5,420)</w:t>
+            </w:r>
+            <w:r w:rsidR="002064A5">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35CFE424" w14:textId="77777777" w:rsidR="00664CDC" w:rsidRDefault="00664CDC" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="08A1315A" w14:textId="7715E328" w:rsidR="00AB2D5A" w:rsidRPr="00DC15D1" w:rsidRDefault="00AB2D5A" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Faculty Foundation Grant</w:t>
+            </w:r>
+            <w:r w:rsidR="002064A5">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ivan Allen College</w:t>
+            </w:r>
+            <w:r w:rsidR="002064A5">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>. Georgia Tech</w:t>
+            </w:r>
+            <w:r w:rsidR="002064A5" w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>, 2020</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ($1,756)</w:t>
+            </w:r>
+            <w:r w:rsidR="002064A5">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FA0F991" w14:textId="77777777" w:rsidR="00AB2D5A" w:rsidRPr="00DC15D1" w:rsidRDefault="00AB2D5A" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1AF7CBDB" w14:textId="0DE36265" w:rsidR="0039242B" w:rsidRPr="00DC15D1" w:rsidRDefault="0039242B" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>SGR-B Award</w:t>
+            </w:r>
+            <w:r w:rsidR="002064A5">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ivan Allen College</w:t>
+            </w:r>
+            <w:r w:rsidR="002064A5">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>. Georgia Tech, 2019</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ($2,600)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4754892C" w14:textId="77777777" w:rsidR="0039242B" w:rsidRPr="00DC15D1" w:rsidRDefault="0039242B" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="75E02A50" w14:textId="4343910E" w:rsidR="0039242B" w:rsidRPr="00DC15D1" w:rsidRDefault="0039242B" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Faculty International Travel Grant</w:t>
+            </w:r>
+            <w:r w:rsidR="002064A5">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Atlanta Global Studies Center</w:t>
+            </w:r>
+            <w:r w:rsidR="002064A5">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>. Georgia Tech, 2019</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ($2,600)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F5449E1" w14:textId="77777777" w:rsidR="0039242B" w:rsidRPr="00DC15D1" w:rsidRDefault="0039242B" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="787B4622" w14:textId="25A3F807" w:rsidR="00F75ADA" w:rsidRPr="00DC15D1" w:rsidRDefault="00F75ADA" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Puerto Rico: Disaster Mitigation and Recovery – Joint Studio</w:t>
+            </w:r>
+            <w:r w:rsidR="002064A5">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> American Planning Association Foundation</w:t>
+            </w:r>
+            <w:r w:rsidR="002064A5" w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>, 2018</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002064A5">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>(co-PI)</w:t>
+            </w:r>
+            <w:r w:rsidR="002064A5" w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>($15,000)</w:t>
+            </w:r>
+            <w:r w:rsidR="002064A5">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="002740E0">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C3E7E17" w14:textId="77777777" w:rsidR="00F75ADA" w:rsidRPr="00DC15D1" w:rsidRDefault="00F75ADA" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28BC43FF" w14:textId="3355AE33" w:rsidR="00B54381" w:rsidRPr="00DC15D1" w:rsidRDefault="00B54381" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grant to update course: </w:t>
+            </w:r>
+            <w:r w:rsidR="00F91586" w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">INTA 2050. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Introduction to Global Development</w:t>
+            </w:r>
+            <w:r w:rsidR="002064A5">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="002064A5" w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Serve-Learn-Sustain</w:t>
+            </w:r>
+            <w:r w:rsidR="002064A5">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>. Georgia Tech, 2017</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ($3,000).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5989654D" w14:textId="77777777" w:rsidR="00B54381" w:rsidRPr="00DC15D1" w:rsidRDefault="00B54381" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12A44569" w14:textId="5461CE57" w:rsidR="006F0A62" w:rsidRPr="00DC15D1" w:rsidRDefault="002064A5" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Grant to support the dissemination campaign of the Global Development Minor</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006F0A62" w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Serve-Learn</w:t>
+            </w:r>
+            <w:r w:rsidR="00B54381" w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>-Sustain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>. Georgia Tech</w:t>
+            </w:r>
+            <w:r w:rsidR="006F0A62" w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 2016. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>co-PI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00185995" w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>($2,600)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4307972C" w14:textId="77777777" w:rsidR="006F0A62" w:rsidRPr="00DC15D1" w:rsidRDefault="006F0A62" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="097F36CA" w14:textId="272107AD" w:rsidR="002E21C4" w:rsidRPr="00DC15D1" w:rsidRDefault="002064A5" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Research Grant to study the transformation of the Guatemalan sugar industry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="002E21C4" w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>CIS Summer Study Grant, 2010 ($3,000).</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E21C4" w:rsidRPr="00C06924" w14:paraId="7E45DF9F" w14:textId="77777777">
+      <w:tr w:rsidR="002E21C4" w:rsidRPr="00DC15D1" w14:paraId="5BF9C6F9" w14:textId="77777777" w:rsidTr="00975F33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CE8DCDF" w14:textId="77777777" w:rsidR="002E21C4" w:rsidRPr="00C06924" w:rsidRDefault="002E21C4" w:rsidP="00D7664E">
-[...5 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="24DAB8AB" w14:textId="77777777" w:rsidR="002E21C4" w:rsidRPr="00DC15D1" w:rsidRDefault="002E21C4" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8091" w:type="dxa"/>
+            <w:tcW w:w="7886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C6E4B27" w14:textId="47F3A4C1" w:rsidR="002E21C4" w:rsidRPr="00C06924" w:rsidRDefault="002E21C4" w:rsidP="008160FA">
-[...40 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="75EB3915" w14:textId="77777777" w:rsidR="002E21C4" w:rsidRPr="00DC15D1" w:rsidRDefault="002E21C4" w:rsidP="00C65E1F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E21C4" w:rsidRPr="00C06924" w14:paraId="31579157" w14:textId="77777777">
+      <w:tr w:rsidR="008722D2" w:rsidRPr="00DC15D1" w14:paraId="25955937" w14:textId="77777777" w:rsidTr="00975F33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59A0C967" w14:textId="77777777" w:rsidR="002E21C4" w:rsidRPr="00C06924" w:rsidRDefault="002E21C4" w:rsidP="00D7664E">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1853317A" w14:textId="77777777" w:rsidR="008722D2" w:rsidRPr="00DC15D1" w:rsidRDefault="008722D2" w:rsidP="008722D2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Academic Memberships</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8091" w:type="dxa"/>
+            <w:tcW w:w="7886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="085B4AF7" w14:textId="77777777" w:rsidR="002E21C4" w:rsidRPr="00C06924" w:rsidRDefault="002E21C4" w:rsidP="008160FA">
-[...6 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="5E488587" w14:textId="77777777" w:rsidR="008722D2" w:rsidRPr="00DC15D1" w:rsidRDefault="008722D2" w:rsidP="008722D2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:t>The Society for the Advancement of Socio-Economics</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43514586" w14:textId="38971022" w:rsidR="008722D2" w:rsidRDefault="008722D2" w:rsidP="008722D2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:t>Association of Collegiate Schools of Planning</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1652B827" w14:textId="22A50910" w:rsidR="00664CDC" w:rsidRPr="00664CDC" w:rsidRDefault="00664CDC" w:rsidP="008722D2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00664CDC">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Red de Estudios de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00664CDC">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Economia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00664CDC">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Politica</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>America</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Latina</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="174B9E23" w14:textId="77777777" w:rsidR="00DC7AB5" w:rsidRPr="00DC15D1" w:rsidRDefault="00DC7AB5" w:rsidP="008722D2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:t>International Studies Association</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1ED726F2" w14:textId="090C1832" w:rsidR="00DC7AB5" w:rsidRDefault="00DC7AB5" w:rsidP="008722D2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC15D1">
+              <w:t>American Political Science Association</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3008D94F" w14:textId="4A0E256B" w:rsidR="00C80669" w:rsidRPr="00DC15D1" w:rsidRDefault="00C80669" w:rsidP="008722D2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Midwestern Political Science Association</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2121B7D0" w14:textId="2058C862" w:rsidR="00DC7AB5" w:rsidRPr="00DC15D1" w:rsidRDefault="00DC7AB5" w:rsidP="008722D2">
+            <w:pPr>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E21C4" w:rsidRPr="00C06924" w14:paraId="24F6BC59" w14:textId="77777777">
+      <w:tr w:rsidR="008722D2" w:rsidRPr="00DC15D1" w14:paraId="35AD3256" w14:textId="77777777" w:rsidTr="00975F33">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="076F8582" w14:textId="77777777" w:rsidR="002E21C4" w:rsidRPr="00C06924" w:rsidRDefault="002E21C4" w:rsidP="00D7664E">
-[...5 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="0CC0C1E2" w14:textId="3EFDDCC5" w:rsidR="008722D2" w:rsidRPr="00DC15D1" w:rsidRDefault="008722D2" w:rsidP="008722D2">
+            <w:pPr>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8091" w:type="dxa"/>
+            <w:tcW w:w="7886" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C6189F7" w14:textId="01D4E214" w:rsidR="002E21C4" w:rsidRPr="00C06924" w:rsidRDefault="002E21C4" w:rsidP="002E21C4">
-[...931 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="59DAB060" w14:textId="77777777" w:rsidR="008722D2" w:rsidRPr="00DC15D1" w:rsidRDefault="008722D2" w:rsidP="008722D2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="72DA111E" w14:textId="77777777" w:rsidR="007F79C2" w:rsidRPr="008722D2" w:rsidRDefault="007F79C2" w:rsidP="00632C66">
+    <w:p w14:paraId="72DA111E" w14:textId="77777777" w:rsidR="007F79C2" w:rsidRPr="00DC15D1" w:rsidRDefault="007F79C2" w:rsidP="00632C66">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="007F79C2" w:rsidRPr="008722D2" w:rsidSect="00BB3868">
+    <w:sectPr w:rsidR="007F79C2" w:rsidRPr="00DC15D1" w:rsidSect="00BB3868">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="810" w:right="990" w:bottom="720" w:left="432" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:panose1 w:val="020B0600040502020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="ＭＳ ゴシック">
-[...16 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="028B3C25"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D0FA86E4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="360" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="035A4E0F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D0FA86E4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="360" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04320F30"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D034FCFE"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -4054,111 +4524,111 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08D74A41"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D0FA86E4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="360" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0BFB525B"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="E416BF34"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="14CD3860"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D0FA86E4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="360" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="184C50F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="93F49AB8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -4227,111 +4697,111 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18FD5651"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A93320B"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="659473AE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1DFB68C2"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D0FA86E4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="360" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25B11FC5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F3DABD22"/>
     <w:lvl w:ilvl="0" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="9549"/>
         </w:tabs>
         <w:ind w:left="9549" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4427,51 +4897,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="14589"/>
         </w:tabs>
         <w:ind w:left="14589" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="15309"/>
         </w:tabs>
         <w:ind w:left="15309" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2B86713B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="48D0AD08"/>
     <w:lvl w:ilvl="0" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4567,132 +5037,132 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34456AE1"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="E416BF34"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35054126"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D5582C46"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="360" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A0872B7"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D0FA86E4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="360" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3ACD1B6B"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="659473AE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4AB678BD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="577214C4"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -4761,71 +5231,71 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4AB94CC8"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="E416BF34"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C6B68A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7C6EF6FA"/>
     <w:lvl w:ilvl="0" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4921,111 +5391,111 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D3E0B48"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="E416BF34"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5EA65782"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="E416BF34"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F1F7E41"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="E416BF34"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66191FBC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3F74C4C8"/>
     <w:lvl w:ilvl="0" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5121,71 +5591,71 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="672C5986"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="E416BF34"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="679763AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BE0EBDB6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -5254,622 +5724,903 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A534429"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D0FA86E4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="360" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B6A0D6E"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="E416BF34"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6EB90F74"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="E416BF34"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73666CD3"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D0FA86E4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="360" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1824856668">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="805053503">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="687559767">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1860241147">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="456992120">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="309796830">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1581988280">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1583180436">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1709405017">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="240875270">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1838030111">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1865943019">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="233395784">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1812365140">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="180946099">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1230962725">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1875383331">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1656108735">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1491478771">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1736391135">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="115025616">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="976569066">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="1585186209">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="1616257094">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="174653808">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="2112436073">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="2000111646">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="1493184103">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="550842913">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="200"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="160"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3701" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D51F5D"/>
+    <w:rsid w:val="000176F3"/>
     <w:rsid w:val="000359C7"/>
+    <w:rsid w:val="00094508"/>
     <w:rsid w:val="000A51F8"/>
     <w:rsid w:val="000A53E1"/>
     <w:rsid w:val="000A7814"/>
     <w:rsid w:val="000B3BFA"/>
     <w:rsid w:val="000B78ED"/>
     <w:rsid w:val="000C72F0"/>
+    <w:rsid w:val="00105AAC"/>
     <w:rsid w:val="00105F62"/>
     <w:rsid w:val="00110F39"/>
+    <w:rsid w:val="001139BB"/>
     <w:rsid w:val="001303C4"/>
     <w:rsid w:val="001322B7"/>
     <w:rsid w:val="001479D6"/>
     <w:rsid w:val="001524E4"/>
+    <w:rsid w:val="00166F7F"/>
     <w:rsid w:val="001724ED"/>
     <w:rsid w:val="0017602F"/>
     <w:rsid w:val="00183CE6"/>
     <w:rsid w:val="00185995"/>
+    <w:rsid w:val="001B2D49"/>
     <w:rsid w:val="001B3B6D"/>
     <w:rsid w:val="001F56E3"/>
+    <w:rsid w:val="002064A5"/>
     <w:rsid w:val="00212A26"/>
     <w:rsid w:val="00213588"/>
+    <w:rsid w:val="002151E1"/>
     <w:rsid w:val="00244251"/>
     <w:rsid w:val="00263BA7"/>
+    <w:rsid w:val="00271ABF"/>
+    <w:rsid w:val="002740E0"/>
     <w:rsid w:val="00295A5F"/>
     <w:rsid w:val="0029797E"/>
     <w:rsid w:val="002A0866"/>
     <w:rsid w:val="002A490C"/>
     <w:rsid w:val="002D4222"/>
     <w:rsid w:val="002D4940"/>
     <w:rsid w:val="002E21C4"/>
     <w:rsid w:val="002F3757"/>
+    <w:rsid w:val="00302A11"/>
+    <w:rsid w:val="00307EE0"/>
     <w:rsid w:val="003174AE"/>
     <w:rsid w:val="00342568"/>
+    <w:rsid w:val="00362F91"/>
     <w:rsid w:val="00383EA2"/>
     <w:rsid w:val="0039242B"/>
     <w:rsid w:val="003C48CD"/>
+    <w:rsid w:val="003F3C6D"/>
     <w:rsid w:val="00406806"/>
     <w:rsid w:val="00461A68"/>
     <w:rsid w:val="00464D24"/>
     <w:rsid w:val="00466745"/>
+    <w:rsid w:val="004869B5"/>
     <w:rsid w:val="004A0346"/>
     <w:rsid w:val="004C058B"/>
     <w:rsid w:val="004D3F0D"/>
     <w:rsid w:val="0050794D"/>
+    <w:rsid w:val="00530B7F"/>
     <w:rsid w:val="00533826"/>
     <w:rsid w:val="00534CA0"/>
     <w:rsid w:val="005418ED"/>
     <w:rsid w:val="00553AB5"/>
     <w:rsid w:val="00566FAD"/>
     <w:rsid w:val="00590138"/>
     <w:rsid w:val="00591F21"/>
     <w:rsid w:val="005A56AF"/>
+    <w:rsid w:val="005B0AF0"/>
     <w:rsid w:val="005B19ED"/>
     <w:rsid w:val="005D4472"/>
+    <w:rsid w:val="005F21F2"/>
     <w:rsid w:val="00606D86"/>
     <w:rsid w:val="00615B04"/>
     <w:rsid w:val="00632C66"/>
     <w:rsid w:val="0063784E"/>
+    <w:rsid w:val="00664CDC"/>
     <w:rsid w:val="00667A0D"/>
     <w:rsid w:val="00685287"/>
     <w:rsid w:val="006B53E1"/>
     <w:rsid w:val="006B76CF"/>
     <w:rsid w:val="006F0A62"/>
     <w:rsid w:val="0070405B"/>
     <w:rsid w:val="00706B2E"/>
     <w:rsid w:val="00720E81"/>
     <w:rsid w:val="007214B6"/>
     <w:rsid w:val="00721FFF"/>
     <w:rsid w:val="00750AB2"/>
     <w:rsid w:val="0075796A"/>
     <w:rsid w:val="00764BFF"/>
     <w:rsid w:val="0076687B"/>
     <w:rsid w:val="00791F17"/>
     <w:rsid w:val="007B06EB"/>
     <w:rsid w:val="007C338C"/>
     <w:rsid w:val="007C6DE6"/>
     <w:rsid w:val="007E0171"/>
     <w:rsid w:val="007F79C2"/>
+    <w:rsid w:val="008013FE"/>
     <w:rsid w:val="0081049B"/>
     <w:rsid w:val="008160FA"/>
+    <w:rsid w:val="00823082"/>
     <w:rsid w:val="00823F85"/>
     <w:rsid w:val="008301E2"/>
     <w:rsid w:val="00836CAC"/>
+    <w:rsid w:val="008527C1"/>
     <w:rsid w:val="008577B0"/>
     <w:rsid w:val="00867A2B"/>
     <w:rsid w:val="0087003E"/>
+    <w:rsid w:val="00871FC2"/>
     <w:rsid w:val="008722D2"/>
     <w:rsid w:val="008754A0"/>
     <w:rsid w:val="00887B61"/>
+    <w:rsid w:val="008B12E4"/>
     <w:rsid w:val="008D2E0D"/>
     <w:rsid w:val="008D6284"/>
     <w:rsid w:val="008F46DF"/>
     <w:rsid w:val="009028EB"/>
     <w:rsid w:val="00902D13"/>
     <w:rsid w:val="0091013D"/>
+    <w:rsid w:val="009205D0"/>
     <w:rsid w:val="009269D4"/>
     <w:rsid w:val="00932013"/>
     <w:rsid w:val="009366A0"/>
     <w:rsid w:val="00965F25"/>
+    <w:rsid w:val="00975F33"/>
     <w:rsid w:val="00984398"/>
     <w:rsid w:val="009A5794"/>
     <w:rsid w:val="009C2411"/>
     <w:rsid w:val="009E1E80"/>
     <w:rsid w:val="00A0036D"/>
     <w:rsid w:val="00A27FD7"/>
+    <w:rsid w:val="00A3577C"/>
     <w:rsid w:val="00A63513"/>
     <w:rsid w:val="00A76FF4"/>
     <w:rsid w:val="00A91361"/>
     <w:rsid w:val="00A91832"/>
+    <w:rsid w:val="00AA3E97"/>
+    <w:rsid w:val="00AB2D5A"/>
     <w:rsid w:val="00AB419E"/>
     <w:rsid w:val="00AB7E81"/>
     <w:rsid w:val="00AC778C"/>
     <w:rsid w:val="00AD3875"/>
     <w:rsid w:val="00AE1A03"/>
     <w:rsid w:val="00B00B02"/>
     <w:rsid w:val="00B2066A"/>
+    <w:rsid w:val="00B24D6C"/>
+    <w:rsid w:val="00B24F70"/>
     <w:rsid w:val="00B37F92"/>
     <w:rsid w:val="00B54381"/>
     <w:rsid w:val="00B67227"/>
     <w:rsid w:val="00B90839"/>
     <w:rsid w:val="00BB3868"/>
     <w:rsid w:val="00BB6114"/>
     <w:rsid w:val="00BC1C93"/>
+    <w:rsid w:val="00BC5561"/>
+    <w:rsid w:val="00BD43F8"/>
     <w:rsid w:val="00BF0606"/>
     <w:rsid w:val="00C009CD"/>
     <w:rsid w:val="00C0307F"/>
     <w:rsid w:val="00C06924"/>
     <w:rsid w:val="00C377FD"/>
     <w:rsid w:val="00C4066F"/>
     <w:rsid w:val="00C43E9E"/>
     <w:rsid w:val="00C615A4"/>
     <w:rsid w:val="00C65E1F"/>
     <w:rsid w:val="00C66246"/>
+    <w:rsid w:val="00C80669"/>
     <w:rsid w:val="00C85154"/>
     <w:rsid w:val="00CB548A"/>
+    <w:rsid w:val="00CC1996"/>
+    <w:rsid w:val="00CC5AAF"/>
     <w:rsid w:val="00CC700A"/>
+    <w:rsid w:val="00CF0C02"/>
     <w:rsid w:val="00CF34D6"/>
     <w:rsid w:val="00CF3ECA"/>
     <w:rsid w:val="00D01F2B"/>
     <w:rsid w:val="00D114EF"/>
+    <w:rsid w:val="00D40F61"/>
+    <w:rsid w:val="00D41FC9"/>
     <w:rsid w:val="00D51F5D"/>
     <w:rsid w:val="00D5644C"/>
     <w:rsid w:val="00D56910"/>
     <w:rsid w:val="00D7053D"/>
     <w:rsid w:val="00D73B00"/>
     <w:rsid w:val="00D7664E"/>
+    <w:rsid w:val="00D96248"/>
     <w:rsid w:val="00DB1845"/>
+    <w:rsid w:val="00DC15D1"/>
+    <w:rsid w:val="00DC59A2"/>
     <w:rsid w:val="00DC7AB5"/>
     <w:rsid w:val="00DD44D7"/>
     <w:rsid w:val="00E3058B"/>
+    <w:rsid w:val="00E51386"/>
     <w:rsid w:val="00E559A9"/>
+    <w:rsid w:val="00E67239"/>
     <w:rsid w:val="00E82179"/>
     <w:rsid w:val="00ED0381"/>
     <w:rsid w:val="00EE4021"/>
     <w:rsid w:val="00F75ADA"/>
     <w:rsid w:val="00F825AC"/>
     <w:rsid w:val="00F83B56"/>
     <w:rsid w:val="00F90291"/>
     <w:rsid w:val="00F91586"/>
+    <w:rsid w:val="00FB3399"/>
     <w:rsid w:val="00FB4883"/>
+    <w:rsid w:val="00FC6DB5"/>
     <w:rsid w:val="00FD084F"/>
+    <w:rsid w:val="00FF238C"/>
     <w:rsid w:val="00FF637D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1027"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="634F5BAC"/>
+  <w15:docId w15:val="{F62ECD63-6A2E-4567-A8C6-F338F0A53E31}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="276">
-[...146 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00667A0D"/>
+    <w:rsid w:val="005B0AF0"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E51386"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00A76FF4"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
@@ -5922,533 +6673,395 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar1">
     <w:name w:val="Balloon Text Char1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00983EB2"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00667A0D"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="32"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00667A0D"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00667A0D"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="00CC700A"/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="002A490C"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00B00B02"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00B00B02"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="0029797E"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="009366A0"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-</w:styles>
-[...177 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:rsid w:val="00E51386"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
-[...6 lines deleted...]
-    <w:name w:val="Normal Table"/>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:tblPr>
-[...7 lines deleted...]
-    </w:tblPr>
+    <w:rsid w:val="00DC15D1"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
-    <w:name w:val="No List"/>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...67 lines deleted...]
-    <w:rsid w:val="00667A0D"/>
+    <w:rsid w:val="009205D0"/>
     <w:pPr>
-      <w:jc w:val="center"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
-    <w:rPr>
-[...90 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="123235066">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="220096231">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="475876222">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="519970338">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="520826173">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="547567540">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="742530595">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="798650269">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="902369822">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1206789802">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1265310995">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1330794379">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1347946697">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1379360054">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1497113316">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1906795768">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
-  <w:doNotSaveAsSingleFile/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6694,77 +7307,77 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...2 lines deleted...]
-  <Application>Microsoft Macintosh Word</Application>
+  <Pages>6</Pages>
+  <Words>1831</Words>
+  <Characters>10438</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>47</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>86</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Kyle Wheeler</vt:lpstr>
       <vt:lpstr>Kyle Wheeler</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company> </Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6734</CharactersWithSpaces>
+  <CharactersWithSpaces>12245</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Kyle Wheeler</dc:title>
   <dc:subject/>
   <dc:creator>Preferred Customer</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>